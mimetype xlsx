--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -1,68 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="164011"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22266" windowHeight="12648"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="22275" windowHeight="12645"/>
   </bookViews>
   <sheets>
-    <sheet name="Jan_Mar_2025" sheetId="1" r:id="rId1"/>
-    <sheet name="Apr_Jun_2025" sheetId="2" r:id="rId2"/>
+    <sheet name="Oct_Dec_2023" sheetId="5" r:id="rId1"/>
+    <sheet name="Jan_Mar_2024" sheetId="6" r:id="rId2"/>
+    <sheet name="Apr_Jun_2024" sheetId="7" r:id="rId3"/>
+    <sheet name="Jan_Mar_2025" sheetId="1" r:id="rId4"/>
+    <sheet name="Apr_Jun_2025" sheetId="2" r:id="rId5"/>
+    <sheet name="Jul_Sep_2025" sheetId="3" r:id="rId6"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1591" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5390" uniqueCount="21">
   <si>
     <t>Cumulative transect data for EWS #14</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Day</t>
   </si>
   <si>
     <t>Time_start</t>
   </si>
   <si>
     <t>Time_stop</t>
   </si>
   <si>
     <t>Lat_start</t>
   </si>
   <si>
     <t>Lat_stop</t>
   </si>
   <si>
     <t>Lon_start</t>
   </si>
   <si>
@@ -87,84 +95,91 @@
     <t>CH4 (ppbV)</t>
   </si>
   <si>
     <t>Alkane Emission (kg/hr)</t>
   </si>
   <si>
     <t>Toluene (ug/m3)</t>
   </si>
   <si>
     <t>Toluene (ppbV)</t>
   </si>
   <si>
     <t>Alkanes (ug/m3)</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>End of worksheet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0000"/>
+    <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -252,162 +267,276 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="double">
+      <top style="medium">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="double">
+      <top style="medium">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top/>
-      <bottom style="double">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -627,89 +756,94 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:R146"/>
+  <dimension ref="A1:R144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A137" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="G152" sqref="G152"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.3" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7.625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="10.75" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="9.25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
-    <col min="7" max="8" width="10" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="18" max="18" width="16.25" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="2" t="s">
@@ -717,8107 +851,35291 @@
       </c>
       <c r="J2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="R2" s="3" t="s">
+      <c r="R2" s="39" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="3" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G3" s="5">
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
+        <v>2023</v>
+      </c>
+      <c r="B3" s="22">
+        <v>231010</v>
+      </c>
+      <c r="C3" s="22">
+        <v>92833</v>
+      </c>
+      <c r="D3" s="22">
+        <v>92903</v>
+      </c>
+      <c r="E3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G3" s="22">
         <v>-104.717</v>
       </c>
-      <c r="H3" s="5">
+      <c r="H3" s="22">
+        <v>-104.721</v>
+      </c>
+      <c r="I3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="J3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="K3" s="40">
+        <v>28.63</v>
+      </c>
+      <c r="L3" s="40">
+        <v>11.013</v>
+      </c>
+      <c r="M3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B4" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C4" s="19">
+        <v>93803</v>
+      </c>
+      <c r="D4" s="19">
+        <v>93823</v>
+      </c>
+      <c r="E4" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F4" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G4" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H4" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K4" s="20">
+        <v>3.83</v>
+      </c>
+      <c r="L4" s="20">
+        <v>1.4733000000000001</v>
+      </c>
+      <c r="M4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B5" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C5" s="19">
+        <v>94850</v>
+      </c>
+      <c r="D5" s="19">
+        <v>94935</v>
+      </c>
+      <c r="E5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G5" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H5" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="20">
+        <v>6.35</v>
+      </c>
+      <c r="L5" s="20">
+        <v>2.4426000000000001</v>
+      </c>
+      <c r="M5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B6" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C6" s="19">
+        <v>95250</v>
+      </c>
+      <c r="D6" s="19">
+        <v>95325</v>
+      </c>
+      <c r="E6" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F6" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G6" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H6" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K6" s="20">
+        <v>11.22</v>
+      </c>
+      <c r="L6" s="20">
+        <v>4.3159000000000001</v>
+      </c>
+      <c r="M6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R6" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B7" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C7" s="19">
+        <v>100400</v>
+      </c>
+      <c r="D7" s="19">
+        <v>100420</v>
+      </c>
+      <c r="E7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G7" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H7" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K7" s="20">
+        <v>11.39</v>
+      </c>
+      <c r="L7" s="20">
+        <v>4.3813000000000004</v>
+      </c>
+      <c r="M7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R7" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B8" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C8" s="19">
+        <v>100740</v>
+      </c>
+      <c r="D8" s="19">
+        <v>100810</v>
+      </c>
+      <c r="E8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G8" s="19">
         <v>-104.71599999999999</v>
       </c>
-      <c r="I3" s="6">
+      <c r="H8" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K8" s="20">
+        <v>3.36</v>
+      </c>
+      <c r="L8" s="20">
+        <v>1.2925</v>
+      </c>
+      <c r="M8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B9" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C9" s="19">
+        <v>101528</v>
+      </c>
+      <c r="D9" s="19">
+        <v>101613</v>
+      </c>
+      <c r="E9" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F9" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G9" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H9" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K9" s="20">
+        <v>7.62</v>
+      </c>
+      <c r="L9" s="20">
+        <v>2.9312</v>
+      </c>
+      <c r="M9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B10" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C10" s="19">
+        <v>102328</v>
+      </c>
+      <c r="D10" s="19">
+        <v>102348</v>
+      </c>
+      <c r="E10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G10" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H10" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K10" s="20">
+        <v>13.28</v>
+      </c>
+      <c r="L10" s="20">
+        <v>5.1083999999999996</v>
+      </c>
+      <c r="M10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B11" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C11" s="19">
+        <v>92838</v>
+      </c>
+      <c r="D11" s="19">
+        <v>92903</v>
+      </c>
+      <c r="E11" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F11" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G11" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H11" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P11" s="20">
+        <v>41.2</v>
+      </c>
+      <c r="Q11" s="20">
+        <v>13.436400000000001</v>
+      </c>
+      <c r="R11" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B12" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C12" s="19">
+        <v>94855</v>
+      </c>
+      <c r="D12" s="19">
+        <v>94935</v>
+      </c>
+      <c r="E12" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F12" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G12" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H12" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="20">
+        <v>20.18</v>
+      </c>
+      <c r="Q12" s="20">
+        <v>6.5811999999999999</v>
+      </c>
+      <c r="R12" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B13" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C13" s="19">
+        <v>95255</v>
+      </c>
+      <c r="D13" s="19">
+        <v>95325</v>
+      </c>
+      <c r="E13" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F13" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G13" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H13" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P13" s="20">
+        <v>20.93</v>
+      </c>
+      <c r="Q13" s="20">
+        <v>4.6212</v>
+      </c>
+      <c r="R13" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B14" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C14" s="19">
+        <v>100400</v>
+      </c>
+      <c r="D14" s="19">
+        <v>100420</v>
+      </c>
+      <c r="E14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G14" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H14" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="20">
+        <v>16.649999999999999</v>
+      </c>
+      <c r="Q14" s="20">
+        <v>5.43</v>
+      </c>
+      <c r="R14" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B15" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C15" s="19">
+        <v>101528</v>
+      </c>
+      <c r="D15" s="19">
+        <v>101608</v>
+      </c>
+      <c r="E15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G15" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H15" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="20">
+        <v>15.94</v>
+      </c>
+      <c r="Q15" s="20">
+        <v>5.1985000000000001</v>
+      </c>
+      <c r="R15" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B16" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C16" s="19">
+        <v>102328</v>
+      </c>
+      <c r="D16" s="19">
+        <v>102348</v>
+      </c>
+      <c r="E16" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F16" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G16" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H16" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P16" s="20">
+        <v>17.260000000000002</v>
+      </c>
+      <c r="Q16" s="20">
+        <v>5.6288999999999998</v>
+      </c>
+      <c r="R16" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B17" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C17" s="19">
+        <v>94722</v>
+      </c>
+      <c r="D17" s="19">
+        <v>94753</v>
+      </c>
+      <c r="E17" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F17" s="19">
+        <v>40.219499999999996</v>
+      </c>
+      <c r="G17" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H17" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R17" s="42">
+        <v>32.630000000000003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B18" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C18" s="19">
+        <v>94849</v>
+      </c>
+      <c r="D18" s="19">
+        <v>94932</v>
+      </c>
+      <c r="E18" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F18" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G18" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H18" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R18" s="42">
+        <v>150.30000000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B19" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C19" s="19">
+        <v>95251</v>
+      </c>
+      <c r="D19" s="19">
+        <v>95322</v>
+      </c>
+      <c r="E19" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F19" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G19" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H19" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R19" s="42">
+        <v>228.19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B20" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C20" s="19">
+        <v>95657</v>
+      </c>
+      <c r="D20" s="19">
+        <v>95728</v>
+      </c>
+      <c r="E20" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F20" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G20" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H20" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R20" s="42">
+        <v>32.31</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B21" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C21" s="19">
+        <v>100400</v>
+      </c>
+      <c r="D21" s="19">
+        <v>100425</v>
+      </c>
+      <c r="E21" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F21" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G21" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H21" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R21" s="42">
+        <v>201.42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B22" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C22" s="19">
+        <v>100734</v>
+      </c>
+      <c r="D22" s="19">
+        <v>100812</v>
+      </c>
+      <c r="E22" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F22" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G22" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H22" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R22" s="42">
+        <v>69.89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B23" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C23" s="19">
+        <v>101522</v>
+      </c>
+      <c r="D23" s="19">
+        <v>101612</v>
+      </c>
+      <c r="E23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G23" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H23" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R23" s="42">
+        <v>143.03</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B24" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C24" s="19">
+        <v>101758</v>
+      </c>
+      <c r="D24" s="19">
+        <v>101854</v>
+      </c>
+      <c r="E24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G24" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H24" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R24" s="42">
+        <v>71.95</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B25" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C25" s="19">
+        <v>102327</v>
+      </c>
+      <c r="D25" s="19">
+        <v>102349</v>
+      </c>
+      <c r="E25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G25" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H25" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I25" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J25" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R25" s="42">
+        <v>177.47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B26" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C26" s="19">
+        <v>103634</v>
+      </c>
+      <c r="D26" s="19">
+        <v>103659</v>
+      </c>
+      <c r="E26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G26" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H26" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I26" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J26" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R26" s="42">
+        <v>29.16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B27" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C27" s="19">
+        <v>104640</v>
+      </c>
+      <c r="D27" s="19">
+        <v>104659</v>
+      </c>
+      <c r="E27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G27" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H27" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I27" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J27" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R27" s="42">
+        <v>19.579999999999998</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B28" s="19">
+        <v>231010</v>
+      </c>
+      <c r="C28" s="19">
+        <v>111048</v>
+      </c>
+      <c r="D28" s="19">
+        <v>111119</v>
+      </c>
+      <c r="E28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G28" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H28" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I28" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="J28" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="K28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R28" s="42">
+        <v>22.16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B29" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C29" s="19">
+        <v>85638</v>
+      </c>
+      <c r="D29" s="19">
+        <v>85703</v>
+      </c>
+      <c r="E29" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F29" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G29" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H29" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I29" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J29" s="19">
+        <v>205</v>
+      </c>
+      <c r="K29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R29" s="42">
+        <v>224.27</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B30" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C30" s="19">
+        <v>90130</v>
+      </c>
+      <c r="D30" s="19">
+        <v>90207</v>
+      </c>
+      <c r="E30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G30" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H30" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I30" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J30" s="19">
+        <v>205</v>
+      </c>
+      <c r="K30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R30" s="42">
+        <v>121.13</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B31" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C31" s="19">
+        <v>90626</v>
+      </c>
+      <c r="D31" s="19">
+        <v>90715</v>
+      </c>
+      <c r="E31" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F31" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G31" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H31" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I31" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J31" s="19">
+        <v>205</v>
+      </c>
+      <c r="K31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R31" s="42">
+        <v>95.7</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B32" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C32" s="19">
+        <v>91034</v>
+      </c>
+      <c r="D32" s="19">
+        <v>91059</v>
+      </c>
+      <c r="E32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G32" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H32" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I32" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J32" s="19">
+        <v>205</v>
+      </c>
+      <c r="K32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R32" s="42">
+        <v>57.47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B33" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C33" s="19">
+        <v>94020</v>
+      </c>
+      <c r="D33" s="19">
+        <v>94122</v>
+      </c>
+      <c r="E33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G33" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H33" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I33" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J33" s="19">
+        <v>243</v>
+      </c>
+      <c r="K33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R33" s="42">
+        <v>26.69</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B34" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C34" s="19">
+        <v>94410</v>
+      </c>
+      <c r="D34" s="19">
+        <v>94447</v>
+      </c>
+      <c r="E34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G34" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="H34" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I34" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J34" s="19">
+        <v>225</v>
+      </c>
+      <c r="K34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R34" s="42">
+        <v>26.69</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B35" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C35" s="19">
+        <v>112912</v>
+      </c>
+      <c r="D35" s="19">
+        <v>112943</v>
+      </c>
+      <c r="E35" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F35" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G35" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H35" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I35" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J35" s="19">
+        <v>218</v>
+      </c>
+      <c r="K35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R35" s="42">
+        <v>108.68</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B36" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C36" s="19">
+        <v>113407</v>
+      </c>
+      <c r="D36" s="19">
+        <v>113450</v>
+      </c>
+      <c r="E36" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F36" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G36" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H36" s="19">
+        <v>-104.71299999999999</v>
+      </c>
+      <c r="I36" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J36" s="19">
+        <v>246</v>
+      </c>
+      <c r="K36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R36" s="42">
+        <v>10.27</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B37" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C37" s="19">
+        <v>114252</v>
+      </c>
+      <c r="D37" s="19">
+        <v>114317</v>
+      </c>
+      <c r="E37" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F37" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G37" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H37" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I37" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J37" s="19">
+        <v>188</v>
+      </c>
+      <c r="K37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R37" s="42">
+        <v>64.849999999999994</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B38" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C38" s="19">
+        <v>114707</v>
+      </c>
+      <c r="D38" s="19">
+        <v>114732</v>
+      </c>
+      <c r="E38" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F38" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G38" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H38" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I38" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J38" s="19">
+        <v>118</v>
+      </c>
+      <c r="K38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R38" s="42">
+        <v>127.48</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B39" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C39" s="19">
+        <v>120030</v>
+      </c>
+      <c r="D39" s="19">
+        <v>120102</v>
+      </c>
+      <c r="E39" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F39" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G39" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H39" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I39" s="19">
+        <v>2</v>
+      </c>
+      <c r="J39" s="19">
+        <v>200</v>
+      </c>
+      <c r="K39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R39" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B40" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C40" s="19">
+        <v>85646</v>
+      </c>
+      <c r="D40" s="19">
+        <v>85701</v>
+      </c>
+      <c r="E40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G40" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H40" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I40" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J40" s="19">
+        <v>205</v>
+      </c>
+      <c r="K40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P40" s="20">
+        <v>15.53</v>
+      </c>
+      <c r="Q40" s="20">
+        <v>4.9455</v>
+      </c>
+      <c r="R40" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B41" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C41" s="19">
+        <v>90137</v>
+      </c>
+      <c r="D41" s="19">
+        <v>90207</v>
+      </c>
+      <c r="E41" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F41" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G41" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H41" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I41" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J41" s="19">
+        <v>205</v>
+      </c>
+      <c r="K41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P41" s="20">
+        <v>8.8699999999999992</v>
+      </c>
+      <c r="Q41" s="20">
+        <v>2.8246000000000002</v>
+      </c>
+      <c r="R41" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B42" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C42" s="19">
+        <v>90631</v>
+      </c>
+      <c r="D42" s="19">
+        <v>90710</v>
+      </c>
+      <c r="E42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G42" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H42" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I42" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J42" s="19">
+        <v>205</v>
+      </c>
+      <c r="K42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P42" s="20">
+        <v>8.48</v>
+      </c>
+      <c r="Q42" s="20">
+        <v>2.7004000000000001</v>
+      </c>
+      <c r="R42" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B43" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C43" s="19">
+        <v>91034</v>
+      </c>
+      <c r="D43" s="19">
+        <v>91110</v>
+      </c>
+      <c r="E43" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F43" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G43" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H43" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I43" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J43" s="19">
+        <v>205</v>
+      </c>
+      <c r="K43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P43" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q43" s="20">
+        <v>1.0031000000000001</v>
+      </c>
+      <c r="R43" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B44" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C44" s="19">
+        <v>92756</v>
+      </c>
+      <c r="D44" s="19">
+        <v>92850</v>
+      </c>
+      <c r="E44" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F44" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G44" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H44" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I44" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J44" s="19">
+        <v>242</v>
+      </c>
+      <c r="K44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P44" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q44" s="20">
+        <v>0</v>
+      </c>
+      <c r="R44" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B45" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C45" s="19">
+        <v>103135</v>
+      </c>
+      <c r="D45" s="19">
+        <v>103202</v>
+      </c>
+      <c r="E45" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F45" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G45" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H45" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I45" s="19">
+        <v>1.2</v>
+      </c>
+      <c r="J45" s="19">
+        <v>221</v>
+      </c>
+      <c r="K45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P45" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q45" s="20">
+        <v>0</v>
+      </c>
+      <c r="R45" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B46" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C46" s="19">
+        <v>94023</v>
+      </c>
+      <c r="D46" s="19">
+        <v>94041</v>
+      </c>
+      <c r="E46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G46" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H46" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I46" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J46" s="19">
+        <v>237</v>
+      </c>
+      <c r="K46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q46" s="20">
+        <v>0</v>
+      </c>
+      <c r="R46" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B47" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C47" s="19">
+        <v>95611</v>
+      </c>
+      <c r="D47" s="19">
+        <v>95626</v>
+      </c>
+      <c r="E47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G47" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H47" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I47" s="19">
+        <v>1.4</v>
+      </c>
+      <c r="J47" s="19">
+        <v>230</v>
+      </c>
+      <c r="K47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P47" s="20">
+        <v>23.05</v>
+      </c>
+      <c r="Q47" s="20">
+        <v>7.3403</v>
+      </c>
+      <c r="R47" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B48" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C48" s="19">
+        <v>112920</v>
+      </c>
+      <c r="D48" s="19">
+        <v>112938</v>
+      </c>
+      <c r="E48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G48" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H48" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I48" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J48" s="19">
+        <v>218</v>
+      </c>
+      <c r="K48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" s="20">
+        <v>7.97</v>
+      </c>
+      <c r="Q48" s="20">
+        <v>2.5379999999999998</v>
+      </c>
+      <c r="R48" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B49" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C49" s="19">
+        <v>113350</v>
+      </c>
+      <c r="D49" s="19">
+        <v>113417</v>
+      </c>
+      <c r="E49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G49" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H49" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I49" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J49" s="19">
+        <v>240</v>
+      </c>
+      <c r="K49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="20">
+        <v>0</v>
+      </c>
+      <c r="R49" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B50" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C50" s="19">
+        <v>114302</v>
+      </c>
+      <c r="D50" s="19">
+        <v>114314</v>
+      </c>
+      <c r="E50" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F50" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G50" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H50" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I50" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J50" s="19">
+        <v>188</v>
+      </c>
+      <c r="K50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P50" s="20">
+        <v>7.96</v>
+      </c>
+      <c r="Q50" s="20">
+        <v>2.5348999999999999</v>
+      </c>
+      <c r="R50" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B51" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C51" s="19">
+        <v>114711</v>
+      </c>
+      <c r="D51" s="19">
+        <v>114735</v>
+      </c>
+      <c r="E51" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F51" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G51" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H51" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I51" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J51" s="19">
+        <v>120</v>
+      </c>
+      <c r="K51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P51" s="20">
+        <v>8.92</v>
+      </c>
+      <c r="Q51" s="20">
+        <v>2.8405999999999998</v>
+      </c>
+      <c r="R51" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B52" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C52" s="19">
+        <v>111252</v>
+      </c>
+      <c r="D52" s="19">
+        <v>111322</v>
+      </c>
+      <c r="E52" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F52" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G52" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H52" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I52" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J52" s="19">
+        <v>219</v>
+      </c>
+      <c r="K52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P52" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q52" s="20">
+        <v>0</v>
+      </c>
+      <c r="R52" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B53" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C53" s="19">
+        <v>111737</v>
+      </c>
+      <c r="D53" s="19">
+        <v>111804</v>
+      </c>
+      <c r="E53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G53" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H53" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I53" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J53" s="19">
+        <v>214</v>
+      </c>
+      <c r="K53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P53" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="20">
+        <v>0</v>
+      </c>
+      <c r="R53" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B54" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C54" s="19">
+        <v>120016</v>
+      </c>
+      <c r="D54" s="19">
+        <v>120040</v>
+      </c>
+      <c r="E54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G54" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H54" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I54" s="19">
+        <v>2</v>
+      </c>
+      <c r="J54" s="19">
+        <v>209</v>
+      </c>
+      <c r="K54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P54" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="20">
+        <v>0</v>
+      </c>
+      <c r="R54" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B55" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C55" s="19">
+        <v>85646</v>
+      </c>
+      <c r="D55" s="19">
+        <v>85704</v>
+      </c>
+      <c r="E55" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F55" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G55" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H55" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I55" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J55" s="19">
+        <v>205</v>
+      </c>
+      <c r="K55" s="20">
+        <v>16.760000000000002</v>
+      </c>
+      <c r="L55" s="20">
+        <v>6.2952000000000004</v>
+      </c>
+      <c r="M55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R55" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B56" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C56" s="19">
+        <v>90137</v>
+      </c>
+      <c r="D56" s="19">
+        <v>90207</v>
+      </c>
+      <c r="E56" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F56" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G56" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H56" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I56" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J56" s="19">
+        <v>205</v>
+      </c>
+      <c r="K56" s="20">
+        <v>7.84</v>
+      </c>
+      <c r="L56" s="20">
+        <v>2.9447999999999999</v>
+      </c>
+      <c r="M56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R56" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B57" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C57" s="19">
+        <v>90634</v>
+      </c>
+      <c r="D57" s="19">
+        <v>90707</v>
+      </c>
+      <c r="E57" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F57" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G57" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H57" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I57" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J57" s="19">
+        <v>205</v>
+      </c>
+      <c r="K57" s="20">
+        <v>5.5</v>
+      </c>
+      <c r="L57" s="20">
+        <v>2.0659000000000001</v>
+      </c>
+      <c r="M57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R57" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B58" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C58" s="19">
+        <v>91040</v>
+      </c>
+      <c r="D58" s="19">
+        <v>91055</v>
+      </c>
+      <c r="E58" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F58" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G58" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H58" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I58" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J58" s="19">
+        <v>205</v>
+      </c>
+      <c r="K58" s="20">
+        <v>5.12</v>
+      </c>
+      <c r="L58" s="20">
+        <v>1.9231</v>
+      </c>
+      <c r="M58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R58" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B59" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C59" s="19">
+        <v>92820</v>
+      </c>
+      <c r="D59" s="19">
+        <v>92856</v>
+      </c>
+      <c r="E59" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F59" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G59" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H59" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I59" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J59" s="19">
+        <v>241</v>
+      </c>
+      <c r="K59" s="20">
+        <v>0</v>
+      </c>
+      <c r="L59" s="20">
+        <v>0</v>
+      </c>
+      <c r="M59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R59" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B60" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C60" s="19">
+        <v>103135</v>
+      </c>
+      <c r="D60" s="19">
+        <v>103144</v>
+      </c>
+      <c r="E60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G60" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H60" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I60" s="19">
+        <v>1.3</v>
+      </c>
+      <c r="J60" s="19">
+        <v>224</v>
+      </c>
+      <c r="K60" s="20">
+        <v>0</v>
+      </c>
+      <c r="L60" s="20">
+        <v>0</v>
+      </c>
+      <c r="M60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R60" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B61" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C61" s="19">
+        <v>94032</v>
+      </c>
+      <c r="D61" s="19">
+        <v>94044</v>
+      </c>
+      <c r="E61" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F61" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G61" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H61" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I61" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J61" s="19">
+        <v>239</v>
+      </c>
+      <c r="K61" s="20">
+        <v>0</v>
+      </c>
+      <c r="L61" s="20">
+        <v>0</v>
+      </c>
+      <c r="M61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R61" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B62" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C62" s="19">
+        <v>94417</v>
+      </c>
+      <c r="D62" s="19">
+        <v>94444</v>
+      </c>
+      <c r="E62" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F62" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G62" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H62" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I62" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J62" s="19">
+        <v>224</v>
+      </c>
+      <c r="K62" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L62" s="20">
+        <v>0.5071</v>
+      </c>
+      <c r="M62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R62" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B63" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C63" s="19">
+        <v>112920</v>
+      </c>
+      <c r="D63" s="19">
+        <v>112938</v>
+      </c>
+      <c r="E63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G63" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H63" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I63" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J63" s="19">
+        <v>218</v>
+      </c>
+      <c r="K63" s="20">
+        <v>8.8800000000000008</v>
+      </c>
+      <c r="L63" s="20">
+        <v>3.3353999999999999</v>
+      </c>
+      <c r="M63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R63" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B64" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C64" s="19">
+        <v>113341</v>
+      </c>
+      <c r="D64" s="19">
+        <v>113353</v>
+      </c>
+      <c r="E64" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F64" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G64" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H64" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I64" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J64" s="19">
+        <v>234</v>
+      </c>
+      <c r="K64" s="20">
+        <v>0</v>
+      </c>
+      <c r="L64" s="20">
+        <v>0</v>
+      </c>
+      <c r="M64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R64" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B65" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C65" s="19">
+        <v>114256</v>
+      </c>
+      <c r="D65" s="19">
+        <v>114317</v>
+      </c>
+      <c r="E65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G65" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H65" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I65" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J65" s="19">
+        <v>188</v>
+      </c>
+      <c r="K65" s="20">
+        <v>3.85</v>
+      </c>
+      <c r="L65" s="20">
+        <v>1.4460999999999999</v>
+      </c>
+      <c r="M65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R65" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B66" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C66" s="19">
+        <v>114711</v>
+      </c>
+      <c r="D66" s="19">
+        <v>114729</v>
+      </c>
+      <c r="E66" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F66" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G66" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H66" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I66" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J66" s="19">
+        <v>119</v>
+      </c>
+      <c r="K66" s="20">
+        <v>9.16</v>
+      </c>
+      <c r="L66" s="20">
+        <v>3.4405999999999999</v>
+      </c>
+      <c r="M66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R66" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B67" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C67" s="19">
+        <v>111258</v>
+      </c>
+      <c r="D67" s="19">
+        <v>111322</v>
+      </c>
+      <c r="E67" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F67" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G67" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H67" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I67" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J67" s="19">
+        <v>219</v>
+      </c>
+      <c r="K67" s="20">
+        <v>0</v>
+      </c>
+      <c r="L67" s="20">
+        <v>0</v>
+      </c>
+      <c r="M67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R67" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B68" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C68" s="19">
+        <v>111734</v>
+      </c>
+      <c r="D68" s="19">
+        <v>111758</v>
+      </c>
+      <c r="E68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G68" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H68" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I68" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J68" s="19">
+        <v>213</v>
+      </c>
+      <c r="K68" s="20">
+        <v>0</v>
+      </c>
+      <c r="L68" s="20">
+        <v>0</v>
+      </c>
+      <c r="M68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R68" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B69" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C69" s="19">
+        <v>120019</v>
+      </c>
+      <c r="D69" s="19">
+        <v>120025</v>
+      </c>
+      <c r="E69" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F69" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G69" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H69" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I69" s="19">
+        <v>2</v>
+      </c>
+      <c r="J69" s="19">
+        <v>212</v>
+      </c>
+      <c r="K69" s="20">
+        <v>0</v>
+      </c>
+      <c r="L69" s="20">
+        <v>0</v>
+      </c>
+      <c r="M69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R69" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B70" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C70" s="19">
+        <v>85631</v>
+      </c>
+      <c r="D70" s="19">
+        <v>85648</v>
+      </c>
+      <c r="E70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G70" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H70" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I70" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J70" s="19">
+        <v>205</v>
+      </c>
+      <c r="K70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="20">
+        <v>23.85</v>
+      </c>
+      <c r="P70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R70" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B71" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C71" s="19">
+        <v>90131</v>
+      </c>
+      <c r="D71" s="19">
+        <v>90210</v>
+      </c>
+      <c r="E71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G71" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H71" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I71" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J71" s="19">
+        <v>205</v>
+      </c>
+      <c r="K71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="20">
+        <v>46.39</v>
+      </c>
+      <c r="P71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R71" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B72" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C72" s="19">
+        <v>90609</v>
+      </c>
+      <c r="D72" s="19">
+        <v>90621</v>
+      </c>
+      <c r="E72" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F72" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G72" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H72" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I72" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J72" s="19">
+        <v>205</v>
+      </c>
+      <c r="K72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="20">
+        <v>9.24</v>
+      </c>
+      <c r="P72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R72" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B73" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C73" s="19">
+        <v>91035</v>
+      </c>
+      <c r="D73" s="19">
+        <v>91047</v>
+      </c>
+      <c r="E73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G73" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H73" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I73" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J73" s="19">
+        <v>205</v>
+      </c>
+      <c r="K73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="20">
+        <v>42.69</v>
+      </c>
+      <c r="P73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R73" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B74" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C74" s="19">
+        <v>94024</v>
+      </c>
+      <c r="D74" s="19">
+        <v>94106</v>
+      </c>
+      <c r="E74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G74" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H74" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I74" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J74" s="19">
+        <v>240</v>
+      </c>
+      <c r="K74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="20">
+        <v>12.48</v>
+      </c>
+      <c r="P74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R74" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B75" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C75" s="19">
+        <v>94423</v>
+      </c>
+      <c r="D75" s="19">
+        <v>94454</v>
+      </c>
+      <c r="E75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G75" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H75" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I75" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J75" s="19">
+        <v>222</v>
+      </c>
+      <c r="K75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="20">
+        <v>32.43</v>
+      </c>
+      <c r="P75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R75" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B76" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C76" s="19">
+        <v>111257</v>
+      </c>
+      <c r="D76" s="19">
+        <v>111331</v>
+      </c>
+      <c r="E76" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F76" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G76" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H76" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I76" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J76" s="19">
+        <v>220</v>
+      </c>
+      <c r="K76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="20">
+        <v>12.31</v>
+      </c>
+      <c r="P76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R76" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B77" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C77" s="19">
+        <v>111735</v>
+      </c>
+      <c r="D77" s="19">
+        <v>111750</v>
+      </c>
+      <c r="E77" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F77" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G77" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H77" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I77" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J77" s="19">
+        <v>214</v>
+      </c>
+      <c r="K77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="20">
+        <v>7.93</v>
+      </c>
+      <c r="P77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R77" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B78" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C78" s="19">
+        <v>112901</v>
+      </c>
+      <c r="D78" s="19">
+        <v>112933</v>
+      </c>
+      <c r="E78" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F78" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G78" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H78" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I78" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J78" s="19">
+        <v>219</v>
+      </c>
+      <c r="K78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="20">
+        <v>12.74</v>
+      </c>
+      <c r="P78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R78" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B79" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C79" s="19">
+        <v>113332</v>
+      </c>
+      <c r="D79" s="19">
+        <v>113359</v>
+      </c>
+      <c r="E79" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F79" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G79" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H79" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I79" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J79" s="19">
+        <v>234</v>
+      </c>
+      <c r="K79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="20">
+        <v>8.11</v>
+      </c>
+      <c r="P79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R79" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B80" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C80" s="19">
+        <v>114234</v>
+      </c>
+      <c r="D80" s="19">
+        <v>114301</v>
+      </c>
+      <c r="E80" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F80" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G80" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H80" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I80" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J80" s="19">
+        <v>188</v>
+      </c>
+      <c r="K80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="20">
+        <v>15.33</v>
+      </c>
+      <c r="P80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R80" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B81" s="19">
+        <v>231019</v>
+      </c>
+      <c r="C81" s="19">
+        <v>114702</v>
+      </c>
+      <c r="D81" s="19">
+        <v>114739</v>
+      </c>
+      <c r="E81" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F81" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G81" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H81" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I81" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J81" s="19">
+        <v>119</v>
+      </c>
+      <c r="K81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="20">
+        <v>5.78</v>
+      </c>
+      <c r="P81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R81" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B82" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C82" s="19">
+        <v>101900</v>
+      </c>
+      <c r="D82" s="19">
+        <v>101956</v>
+      </c>
+      <c r="E82" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F82" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G82" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H82" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I82" s="19">
+        <v>3</v>
+      </c>
+      <c r="J82" s="19">
+        <v>197</v>
+      </c>
+      <c r="K82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R82" s="42">
+        <v>5.55</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B83" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C83" s="19">
+        <v>102250</v>
+      </c>
+      <c r="D83" s="19">
+        <v>102336</v>
+      </c>
+      <c r="E83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G83" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H83" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I83" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J83" s="19">
+        <v>208</v>
+      </c>
+      <c r="K83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R83" s="42">
+        <v>18.72</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B84" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C84" s="19">
+        <v>102649</v>
+      </c>
+      <c r="D84" s="19">
+        <v>102733</v>
+      </c>
+      <c r="E84" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F84" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G84" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H84" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I84" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J84" s="19">
+        <v>218</v>
+      </c>
+      <c r="K84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R84" s="42">
+        <v>31.04</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B85" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C85" s="19">
+        <v>103110</v>
+      </c>
+      <c r="D85" s="19">
+        <v>103154</v>
+      </c>
+      <c r="E85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G85" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H85" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I85" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J85" s="19">
+        <v>218</v>
+      </c>
+      <c r="K85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R85" s="42">
+        <v>45.81</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B86" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C86" s="19">
+        <v>111338</v>
+      </c>
+      <c r="D86" s="19">
+        <v>111357</v>
+      </c>
+      <c r="E86" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F86" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G86" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H86" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I86" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J86" s="19">
+        <v>243</v>
+      </c>
+      <c r="K86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R86" s="42">
+        <v>3.22</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B87" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C87" s="19">
+        <v>112659</v>
+      </c>
+      <c r="D87" s="19">
+        <v>112755</v>
+      </c>
+      <c r="E87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G87" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H87" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I87" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J87" s="19">
+        <v>240</v>
+      </c>
+      <c r="K87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R87" s="42">
+        <v>21.48</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B88" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C88" s="19">
+        <v>113151</v>
+      </c>
+      <c r="D88" s="19">
+        <v>113216</v>
+      </c>
+      <c r="E88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G88" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H88" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I88" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J88" s="19">
+        <v>208</v>
+      </c>
+      <c r="K88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R88" s="42">
+        <v>471.14</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B89" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C89" s="19">
+        <v>114438</v>
+      </c>
+      <c r="D89" s="19">
+        <v>114503</v>
+      </c>
+      <c r="E89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G89" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H89" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I89" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J89" s="19">
+        <v>215</v>
+      </c>
+      <c r="K89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R89" s="42">
+        <v>562.48</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B90" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C90" s="19">
+        <v>114853</v>
+      </c>
+      <c r="D90" s="19">
+        <v>114924</v>
+      </c>
+      <c r="E90" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F90" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G90" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H90" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I90" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J90" s="19">
+        <v>227</v>
+      </c>
+      <c r="K90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R90" s="42">
+        <v>298.14999999999998</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B91" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C91" s="19">
+        <v>115644</v>
+      </c>
+      <c r="D91" s="19">
+        <v>115715</v>
+      </c>
+      <c r="E91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G91" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H91" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I91" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J91" s="19">
+        <v>215</v>
+      </c>
+      <c r="K91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R91" s="42">
+        <v>19.86</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B92" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C92" s="19">
+        <v>120824</v>
+      </c>
+      <c r="D92" s="19">
+        <v>120849</v>
+      </c>
+      <c r="E92" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F92" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G92" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H92" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I92" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J92" s="19">
+        <v>125</v>
+      </c>
+      <c r="K92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R92" s="42">
+        <v>705.7</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B93" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C93" s="19">
+        <v>121158</v>
+      </c>
+      <c r="D93" s="19">
+        <v>121223</v>
+      </c>
+      <c r="E93" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F93" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G93" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H93" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I93" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J93" s="19">
+        <v>128</v>
+      </c>
+      <c r="K93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R93" s="42">
+        <v>3056.72</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B94" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C94" s="19">
+        <v>121620</v>
+      </c>
+      <c r="D94" s="19">
+        <v>121651</v>
+      </c>
+      <c r="E94" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F94" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G94" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H94" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I94" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J94" s="19">
+        <v>213</v>
+      </c>
+      <c r="K94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R94" s="42">
+        <v>52.25</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B95" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C95" s="19">
+        <v>122004</v>
+      </c>
+      <c r="D95" s="19">
+        <v>122038</v>
+      </c>
+      <c r="E95" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F95" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G95" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H95" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I95" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J95" s="19">
+        <v>218</v>
+      </c>
+      <c r="K95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R95" s="42">
+        <v>2049.36</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B96" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C96" s="19">
+        <v>122415</v>
+      </c>
+      <c r="D96" s="19">
+        <v>122440</v>
+      </c>
+      <c r="E96" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F96" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G96" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H96" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I96" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J96" s="19">
+        <v>240</v>
+      </c>
+      <c r="K96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R96" s="42">
+        <v>1186.54</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B97" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C97" s="19">
+        <v>123115</v>
+      </c>
+      <c r="D97" s="19">
+        <v>123140</v>
+      </c>
+      <c r="E97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G97" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H97" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I97" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J97" s="19">
+        <v>248</v>
+      </c>
+      <c r="K97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R97" s="42">
+        <v>59.07</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B98" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C98" s="19">
+        <v>101944</v>
+      </c>
+      <c r="D98" s="19">
+        <v>102008</v>
+      </c>
+      <c r="E98" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F98" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G98" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H98" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I98" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J98" s="19">
+        <v>194</v>
+      </c>
+      <c r="K98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P98" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q98" s="20">
+        <v>0</v>
+      </c>
+      <c r="R98" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B99" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C99" s="19">
+        <v>102320</v>
+      </c>
+      <c r="D99" s="19">
+        <v>102344</v>
+      </c>
+      <c r="E99" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F99" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G99" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H99" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I99" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J99" s="19">
+        <v>207</v>
+      </c>
+      <c r="K99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P99" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q99" s="20">
+        <v>0.99360000000000004</v>
+      </c>
+      <c r="R99" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B100" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C100" s="19">
+        <v>102712</v>
+      </c>
+      <c r="D100" s="19">
+        <v>102720</v>
+      </c>
+      <c r="E100" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F100" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G100" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H100" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I100" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J100" s="19">
+        <v>218</v>
+      </c>
+      <c r="K100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P100" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q100" s="20">
+        <v>0.99360000000000004</v>
+      </c>
+      <c r="R100" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B101" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C101" s="19">
+        <v>103120</v>
+      </c>
+      <c r="D101" s="19">
+        <v>103148</v>
+      </c>
+      <c r="E101" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F101" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G101" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H101" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I101" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J101" s="19">
+        <v>218</v>
+      </c>
+      <c r="K101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P101" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q101" s="20">
+        <v>0.99360000000000004</v>
+      </c>
+      <c r="R101" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B102" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C102" s="19">
+        <v>110814</v>
+      </c>
+      <c r="D102" s="19">
+        <v>110854</v>
+      </c>
+      <c r="E102" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F102" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G102" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H102" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I102" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J102" s="19">
+        <v>248</v>
+      </c>
+      <c r="K102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P102" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q102" s="20">
+        <v>0</v>
+      </c>
+      <c r="R102" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B103" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C103" s="19">
+        <v>111402</v>
+      </c>
+      <c r="D103" s="19">
+        <v>111442</v>
+      </c>
+      <c r="E103" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F103" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G103" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H103" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I103" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J103" s="19">
+        <v>238</v>
+      </c>
+      <c r="K103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P103" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q103" s="20">
+        <v>0</v>
+      </c>
+      <c r="R103" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B104" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C104" s="19">
+        <v>113051</v>
+      </c>
+      <c r="D104" s="19">
+        <v>113119</v>
+      </c>
+      <c r="E104" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F104" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G104" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="H104" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I104" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J104" s="19">
+        <v>220</v>
+      </c>
+      <c r="K104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P104" s="20">
+        <v>6.78</v>
+      </c>
+      <c r="Q104" s="20">
+        <v>2.1385999999999998</v>
+      </c>
+      <c r="R104" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B105" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C105" s="19">
+        <v>114439</v>
+      </c>
+      <c r="D105" s="19">
+        <v>114503</v>
+      </c>
+      <c r="E105" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F105" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G105" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H105" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I105" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J105" s="19">
+        <v>215</v>
+      </c>
+      <c r="K105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P105" s="20">
+        <v>11.64</v>
+      </c>
+      <c r="Q105" s="20">
+        <v>3.6716000000000002</v>
+      </c>
+      <c r="R105" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B106" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C106" s="19">
+        <v>114859</v>
+      </c>
+      <c r="D106" s="19">
+        <v>114927</v>
+      </c>
+      <c r="E106" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F106" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G106" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H106" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I106" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J106" s="19">
+        <v>228</v>
+      </c>
+      <c r="K106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P106" s="20">
+        <v>7.26</v>
+      </c>
+      <c r="Q106" s="20">
+        <v>2.29</v>
+      </c>
+      <c r="R106" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B107" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C107" s="19">
+        <v>115639</v>
+      </c>
+      <c r="D107" s="19">
+        <v>115707</v>
+      </c>
+      <c r="E107" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F107" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G107" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H107" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I107" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J107" s="19">
+        <v>214</v>
+      </c>
+      <c r="K107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P107" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q107" s="20">
+        <v>0</v>
+      </c>
+      <c r="R107" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B108" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C108" s="19">
+        <v>120825</v>
+      </c>
+      <c r="D108" s="19">
+        <v>120845</v>
+      </c>
+      <c r="E108" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F108" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G108" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H108" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I108" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J108" s="19">
+        <v>125</v>
+      </c>
+      <c r="K108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P108" s="20">
+        <v>22.21</v>
+      </c>
+      <c r="Q108" s="20">
+        <v>7.0056000000000003</v>
+      </c>
+      <c r="R108" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B109" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C109" s="19">
+        <v>121201</v>
+      </c>
+      <c r="D109" s="19">
+        <v>121221</v>
+      </c>
+      <c r="E109" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F109" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G109" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H109" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I109" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J109" s="19">
+        <v>128</v>
+      </c>
+      <c r="K109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P109" s="20">
+        <v>46.45</v>
+      </c>
+      <c r="Q109" s="20">
+        <v>14.6516</v>
+      </c>
+      <c r="R109" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B110" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C110" s="19">
+        <v>121621</v>
+      </c>
+      <c r="D110" s="19">
+        <v>121641</v>
+      </c>
+      <c r="E110" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F110" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G110" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H110" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I110" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J110" s="19">
+        <v>212</v>
+      </c>
+      <c r="K110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P110" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q110" s="20">
+        <v>0</v>
+      </c>
+      <c r="R110" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B111" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C111" s="19">
+        <v>122009</v>
+      </c>
+      <c r="D111" s="19">
+        <v>122037</v>
+      </c>
+      <c r="E111" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F111" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G111" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H111" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I111" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J111" s="19">
+        <v>217</v>
+      </c>
+      <c r="K111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P111" s="20">
+        <v>35.520000000000003</v>
+      </c>
+      <c r="Q111" s="20">
+        <v>11.204000000000001</v>
+      </c>
+      <c r="R111" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B112" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C112" s="19">
+        <v>122417</v>
+      </c>
+      <c r="D112" s="19">
+        <v>122441</v>
+      </c>
+      <c r="E112" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F112" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G112" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H112" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I112" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J112" s="19">
+        <v>240</v>
+      </c>
+      <c r="K112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P112" s="20">
+        <v>31.5</v>
+      </c>
+      <c r="Q112" s="20">
+        <v>9.9359999999999999</v>
+      </c>
+      <c r="R112" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B113" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C113" s="19">
+        <v>123117</v>
+      </c>
+      <c r="D113" s="19">
+        <v>123149</v>
+      </c>
+      <c r="E113" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F113" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G113" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H113" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I113" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J113" s="19">
+        <v>248</v>
+      </c>
+      <c r="K113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q113" s="20">
+        <v>0.99360000000000004</v>
+      </c>
+      <c r="R113" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B114" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C114" s="19">
+        <v>123541</v>
+      </c>
+      <c r="D114" s="19">
+        <v>123633</v>
+      </c>
+      <c r="E114" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F114" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G114" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H114" s="19">
+        <v>-104.712</v>
+      </c>
+      <c r="I114" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J114" s="19">
+        <v>251</v>
+      </c>
+      <c r="K114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P114" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q114" s="20">
+        <v>0.99360000000000004</v>
+      </c>
+      <c r="R114" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B115" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C115" s="19">
+        <v>112651</v>
+      </c>
+      <c r="D115" s="19">
+        <v>112751</v>
+      </c>
+      <c r="E115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G115" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H115" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I115" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J115" s="19">
+        <v>239</v>
+      </c>
+      <c r="K115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P115" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q115" s="20">
+        <v>0</v>
+      </c>
+      <c r="R115" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B116" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C116" s="19">
+        <v>101900</v>
+      </c>
+      <c r="D116" s="19">
+        <v>102016</v>
+      </c>
+      <c r="E116" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F116" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G116" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H116" s="19">
+        <v>-104.71299999999999</v>
+      </c>
+      <c r="I116" s="19">
         <v>3.1</v>
       </c>
-      <c r="J3" s="6">
-[...46 lines deleted...]
-      <c r="G4" s="5">
+      <c r="J116" s="19">
+        <v>196</v>
+      </c>
+      <c r="K116" s="20">
+        <v>0</v>
+      </c>
+      <c r="L116" s="20">
+        <v>0</v>
+      </c>
+      <c r="M116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R116" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B117" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C117" s="19">
+        <v>102316</v>
+      </c>
+      <c r="D117" s="19">
+        <v>102344</v>
+      </c>
+      <c r="E117" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F117" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G117" s="19">
         <v>-104.717</v>
       </c>
-      <c r="H4" s="5">
+      <c r="H117" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I117" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J117" s="19">
+        <v>207</v>
+      </c>
+      <c r="K117" s="20">
+        <v>0</v>
+      </c>
+      <c r="L117" s="20">
+        <v>0</v>
+      </c>
+      <c r="M117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R117" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B118" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C118" s="19">
+        <v>102656</v>
+      </c>
+      <c r="D118" s="19">
+        <v>102800</v>
+      </c>
+      <c r="E118" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F118" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G118" s="19">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I4" s="6">
+      <c r="H118" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I118" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J118" s="19">
+        <v>215</v>
+      </c>
+      <c r="K118" s="20">
+        <v>0</v>
+      </c>
+      <c r="L118" s="20">
+        <v>0</v>
+      </c>
+      <c r="M118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R118" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B119" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C119" s="19">
+        <v>103108</v>
+      </c>
+      <c r="D119" s="19">
+        <v>103152</v>
+      </c>
+      <c r="E119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G119" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H119" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I119" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J119" s="19">
+        <v>219</v>
+      </c>
+      <c r="K119" s="20">
+        <v>3.18</v>
+      </c>
+      <c r="L119" s="20">
+        <v>1.1831</v>
+      </c>
+      <c r="M119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R119" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B120" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C120" s="19">
+        <v>110818</v>
+      </c>
+      <c r="D120" s="19">
+        <v>110902</v>
+      </c>
+      <c r="E120" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F120" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G120" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H120" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I120" s="19">
         <v>2.9</v>
       </c>
-      <c r="J4" s="6">
+      <c r="J120" s="19">
+        <v>247</v>
+      </c>
+      <c r="K120" s="20">
+        <v>0</v>
+      </c>
+      <c r="L120" s="20">
+        <v>0</v>
+      </c>
+      <c r="M120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R120" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B121" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C121" s="19">
+        <v>111334</v>
+      </c>
+      <c r="D121" s="19">
+        <v>111446</v>
+      </c>
+      <c r="E121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G121" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H121" s="19">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I121" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J121" s="19">
         <v>239</v>
       </c>
-      <c r="K4" s="6">
-[...43 lines deleted...]
-      <c r="G5" s="5">
+      <c r="K121" s="20">
+        <v>2.85</v>
+      </c>
+      <c r="L121" s="20">
+        <v>1.0603</v>
+      </c>
+      <c r="M121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R121" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B122" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C122" s="19">
+        <v>112735</v>
+      </c>
+      <c r="D122" s="19">
+        <v>112811</v>
+      </c>
+      <c r="E122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G122" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H122" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I122" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J122" s="19">
+        <v>245</v>
+      </c>
+      <c r="K122" s="20">
+        <v>0</v>
+      </c>
+      <c r="L122" s="20">
+        <v>0</v>
+      </c>
+      <c r="M122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R122" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B123" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C123" s="19">
+        <v>113055</v>
+      </c>
+      <c r="D123" s="19">
+        <v>113131</v>
+      </c>
+      <c r="E123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G123" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H123" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I123" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J123" s="19">
+        <v>218</v>
+      </c>
+      <c r="K123" s="20">
+        <v>3.35</v>
+      </c>
+      <c r="L123" s="20">
+        <v>1.2464</v>
+      </c>
+      <c r="M123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R123" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B124" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C124" s="19">
+        <v>114439</v>
+      </c>
+      <c r="D124" s="19">
+        <v>114503</v>
+      </c>
+      <c r="E124" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F124" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G124" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H124" s="19">
         <v>-104.71899999999999</v>
       </c>
-      <c r="H5" s="5">
-[...52 lines deleted...]
-      <c r="G6" s="5">
+      <c r="I124" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J124" s="19">
+        <v>215</v>
+      </c>
+      <c r="K124" s="20">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="L124" s="20">
+        <v>3.0508000000000002</v>
+      </c>
+      <c r="M124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R124" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B125" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C125" s="19">
+        <v>114855</v>
+      </c>
+      <c r="D125" s="19">
+        <v>114927</v>
+      </c>
+      <c r="E125" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F125" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G125" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H125" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I125" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J125" s="19">
+        <v>227</v>
+      </c>
+      <c r="K125" s="20">
+        <v>6</v>
+      </c>
+      <c r="L125" s="20">
+        <v>2.2323</v>
+      </c>
+      <c r="M125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R125" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B126" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C126" s="19">
+        <v>115647</v>
+      </c>
+      <c r="D126" s="19">
+        <v>115711</v>
+      </c>
+      <c r="E126" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F126" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G126" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H126" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I126" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J126" s="19">
+        <v>215</v>
+      </c>
+      <c r="K126" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L126" s="20">
+        <v>0.50229999999999997</v>
+      </c>
+      <c r="M126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R126" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B127" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C127" s="19">
+        <v>120825</v>
+      </c>
+      <c r="D127" s="19">
+        <v>120845</v>
+      </c>
+      <c r="E127" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F127" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G127" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H127" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I127" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J127" s="19">
+        <v>125</v>
+      </c>
+      <c r="K127" s="20">
+        <v>21.44</v>
+      </c>
+      <c r="L127" s="20">
+        <v>7.9767000000000001</v>
+      </c>
+      <c r="M127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R127" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B128" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C128" s="19">
+        <v>121201</v>
+      </c>
+      <c r="D128" s="19">
+        <v>121221</v>
+      </c>
+      <c r="E128" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F128" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G128" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H128" s="19">
         <v>-104.718</v>
       </c>
-      <c r="H6" s="5">
+      <c r="I128" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J128" s="19">
+        <v>128</v>
+      </c>
+      <c r="K128" s="20">
+        <v>55.9</v>
+      </c>
+      <c r="L128" s="20">
+        <v>20.7974</v>
+      </c>
+      <c r="M128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R128" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B129" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C129" s="19">
+        <v>121625</v>
+      </c>
+      <c r="D129" s="19">
+        <v>121645</v>
+      </c>
+      <c r="E129" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F129" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G129" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H129" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I129" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J129" s="19">
+        <v>213</v>
+      </c>
+      <c r="K129" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L129" s="20">
+        <v>0.50229999999999997</v>
+      </c>
+      <c r="M129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R129" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B130" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C130" s="19">
+        <v>122009</v>
+      </c>
+      <c r="D130" s="19">
+        <v>122037</v>
+      </c>
+      <c r="E130" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F130" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G130" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H130" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I130" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J130" s="19">
+        <v>217</v>
+      </c>
+      <c r="K130" s="20">
+        <v>41.22</v>
+      </c>
+      <c r="L130" s="20">
+        <v>15.335699999999999</v>
+      </c>
+      <c r="M130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R130" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B131" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C131" s="19">
+        <v>122421</v>
+      </c>
+      <c r="D131" s="19">
+        <v>122437</v>
+      </c>
+      <c r="E131" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F131" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G131" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H131" s="19">
         <v>-104.72</v>
       </c>
-      <c r="I6" s="6">
-[...49 lines deleted...]
-      <c r="G7" s="5">
+      <c r="I131" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J131" s="19">
+        <v>240</v>
+      </c>
+      <c r="K131" s="20">
+        <v>39.39</v>
+      </c>
+      <c r="L131" s="20">
+        <v>14.6549</v>
+      </c>
+      <c r="M131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R131" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B132" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C132" s="19">
+        <v>123121</v>
+      </c>
+      <c r="D132" s="19">
+        <v>123145</v>
+      </c>
+      <c r="E132" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F132" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G132" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H132" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I132" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J132" s="19">
+        <v>248</v>
+      </c>
+      <c r="K132" s="20">
+        <v>0</v>
+      </c>
+      <c r="L132" s="20">
+        <v>0</v>
+      </c>
+      <c r="M132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R132" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B133" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C133" s="19">
+        <v>101902</v>
+      </c>
+      <c r="D133" s="19">
+        <v>101941</v>
+      </c>
+      <c r="E133" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F133" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G133" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H133" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I133" s="19">
+        <v>3</v>
+      </c>
+      <c r="J133" s="19">
+        <v>197</v>
+      </c>
+      <c r="K133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O133" s="20">
+        <v>84.08</v>
+      </c>
+      <c r="P133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R133" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B134" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C134" s="19">
+        <v>102303</v>
+      </c>
+      <c r="D134" s="19">
+        <v>102333</v>
+      </c>
+      <c r="E134" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F134" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G134" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H134" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I134" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J134" s="19">
+        <v>209</v>
+      </c>
+      <c r="K134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O134" s="20">
+        <v>42.55</v>
+      </c>
+      <c r="P134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R134" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B135" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C135" s="19">
+        <v>102649</v>
+      </c>
+      <c r="D135" s="19">
+        <v>102751</v>
+      </c>
+      <c r="E135" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F135" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G135" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H135" s="19">
+        <v>-104.714</v>
+      </c>
+      <c r="I135" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J135" s="19">
+        <v>216</v>
+      </c>
+      <c r="K135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O135" s="20">
+        <v>122.63</v>
+      </c>
+      <c r="P135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R135" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="136" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B136" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C136" s="19">
+        <v>103103</v>
+      </c>
+      <c r="D136" s="19">
+        <v>103132</v>
+      </c>
+      <c r="E136" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F136" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G136" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H136" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I136" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J136" s="19">
+        <v>220</v>
+      </c>
+      <c r="K136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O136" s="20">
+        <v>38.42</v>
+      </c>
+      <c r="P136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R136" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B137" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C137" s="19">
+        <v>111308</v>
+      </c>
+      <c r="D137" s="19">
+        <v>111409</v>
+      </c>
+      <c r="E137" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F137" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G137" s="19">
+        <v>-104.71299999999999</v>
+      </c>
+      <c r="H137" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I137" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J137" s="19">
+        <v>241</v>
+      </c>
+      <c r="K137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O137" s="20">
+        <v>62.59</v>
+      </c>
+      <c r="P137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R137" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="138" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B138" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C138" s="19">
+        <v>114435</v>
+      </c>
+      <c r="D138" s="19">
+        <v>114452</v>
+      </c>
+      <c r="E138" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F138" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G138" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H138" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I138" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J138" s="19">
+        <v>212</v>
+      </c>
+      <c r="K138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O138" s="20">
+        <v>55.69</v>
+      </c>
+      <c r="P138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R138" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="139" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B139" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C139" s="19">
+        <v>114851</v>
+      </c>
+      <c r="D139" s="19">
+        <v>114913</v>
+      </c>
+      <c r="E139" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F139" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G139" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H139" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I139" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J139" s="19">
+        <v>225</v>
+      </c>
+      <c r="K139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O139" s="20">
+        <v>19.96</v>
+      </c>
+      <c r="P139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R139" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="140" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B140" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C140" s="19">
+        <v>120817</v>
+      </c>
+      <c r="D140" s="19">
+        <v>120832</v>
+      </c>
+      <c r="E140" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F140" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G140" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H140" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I140" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J140" s="19">
+        <v>123</v>
+      </c>
+      <c r="K140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O140" s="20">
+        <v>29.92</v>
+      </c>
+      <c r="P140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R140" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="141" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B141" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C141" s="19">
+        <v>121155</v>
+      </c>
+      <c r="D141" s="19">
+        <v>121213</v>
+      </c>
+      <c r="E141" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F141" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G141" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H141" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I141" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J141" s="19">
+        <v>130</v>
+      </c>
+      <c r="K141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O141" s="20">
+        <v>38.39</v>
+      </c>
+      <c r="P141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R141" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="142" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="24">
+        <v>2023</v>
+      </c>
+      <c r="B142" s="19">
+        <v>231218</v>
+      </c>
+      <c r="C142" s="19">
+        <v>121616</v>
+      </c>
+      <c r="D142" s="19">
+        <v>121636</v>
+      </c>
+      <c r="E142" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F142" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G142" s="19">
         <v>-104.718</v>
       </c>
-      <c r="H7" s="5">
-[...108 lines deleted...]
-      <c r="G9" s="5">
+      <c r="H142" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I142" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J142" s="19">
+        <v>211</v>
+      </c>
+      <c r="K142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O142" s="20">
+        <v>46.74</v>
+      </c>
+      <c r="P142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R142" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="143" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="27">
+        <v>2023</v>
+      </c>
+      <c r="B143" s="28">
+        <v>231218</v>
+      </c>
+      <c r="C143" s="28">
+        <v>122005</v>
+      </c>
+      <c r="D143" s="28">
+        <v>122029</v>
+      </c>
+      <c r="E143" s="28">
+        <v>40.2181</v>
+      </c>
+      <c r="F143" s="28">
+        <v>40.2181</v>
+      </c>
+      <c r="G143" s="28">
+        <v>-104.721</v>
+      </c>
+      <c r="H143" s="28">
         <v>-104.71899999999999</v>
       </c>
-      <c r="H9" s="5">
-[...5773 lines deleted...]
-      <c r="J112" s="6">
+      <c r="I143" s="28">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J143" s="28">
         <v>219</v>
       </c>
-      <c r="K112" s="6">
-[...1873 lines deleted...]
-      <c r="A146" s="14" t="s">
+      <c r="K143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="L143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="M143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="N143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="O143" s="29">
+        <v>32.21</v>
+      </c>
+      <c r="P143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q143" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="R143" s="43" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="14" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:R220"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
+        <v>2024</v>
+      </c>
+      <c r="B3" s="22">
+        <v>240209</v>
+      </c>
+      <c r="C3" s="22">
+        <v>103202</v>
+      </c>
+      <c r="D3" s="22">
+        <v>103229</v>
+      </c>
+      <c r="E3" s="22">
+        <v>40.2181</v>
+      </c>
+      <c r="F3" s="22">
+        <v>40.2181</v>
+      </c>
+      <c r="G3" s="22">
+        <v>-104.721</v>
+      </c>
+      <c r="H3" s="22">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I3" s="22">
+        <v>1.6</v>
+      </c>
+      <c r="J3" s="22">
+        <v>153</v>
+      </c>
+      <c r="K3" s="40">
+        <v>5.47</v>
+      </c>
+      <c r="L3" s="40">
+        <v>2.1162999999999998</v>
+      </c>
+      <c r="M3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B4" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C4" s="19">
+        <v>104014</v>
+      </c>
+      <c r="D4" s="19">
+        <v>104026</v>
+      </c>
+      <c r="E4" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F4" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G4" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H4" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I4" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J4" s="19">
+        <v>177</v>
+      </c>
+      <c r="K4" s="20">
+        <v>3.81</v>
+      </c>
+      <c r="L4" s="20">
+        <v>1.4741</v>
+      </c>
+      <c r="M4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B5" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C5" s="19">
+        <v>104502</v>
+      </c>
+      <c r="D5" s="19">
+        <v>104526</v>
+      </c>
+      <c r="E5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G5" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H5" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I5" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J5" s="19">
+        <v>146</v>
+      </c>
+      <c r="K5" s="20">
+        <v>29.29</v>
+      </c>
+      <c r="L5" s="20">
+        <v>11.3322</v>
+      </c>
+      <c r="M5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B6" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C6" s="19">
+        <v>105005</v>
+      </c>
+      <c r="D6" s="19">
+        <v>105041</v>
+      </c>
+      <c r="E6" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F6" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G6" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H6" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I6" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J6" s="19">
+        <v>152</v>
+      </c>
+      <c r="K6" s="20">
+        <v>43.26</v>
+      </c>
+      <c r="L6" s="20">
+        <v>16.737100000000002</v>
+      </c>
+      <c r="M6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R6" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B7" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C7" s="19">
+        <v>105405</v>
+      </c>
+      <c r="D7" s="19">
+        <v>105429</v>
+      </c>
+      <c r="E7" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F7" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G7" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H7" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I7" s="19">
+        <v>2</v>
+      </c>
+      <c r="J7" s="19">
+        <v>148</v>
+      </c>
+      <c r="K7" s="20">
+        <v>30.75</v>
+      </c>
+      <c r="L7" s="20">
+        <v>11.897</v>
+      </c>
+      <c r="M7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R7" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C8" s="19">
+        <v>105814</v>
+      </c>
+      <c r="D8" s="19">
+        <v>105856</v>
+      </c>
+      <c r="E8" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F8" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G8" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H8" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I8" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J8" s="19">
+        <v>156</v>
+      </c>
+      <c r="K8" s="20">
+        <v>82.88</v>
+      </c>
+      <c r="L8" s="20">
+        <v>32.065899999999999</v>
+      </c>
+      <c r="M8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B9" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C9" s="19">
+        <v>110208</v>
+      </c>
+      <c r="D9" s="19">
+        <v>110226</v>
+      </c>
+      <c r="E9" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F9" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G9" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H9" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I9" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J9" s="19">
+        <v>121</v>
+      </c>
+      <c r="K9" s="20">
+        <v>7.29</v>
+      </c>
+      <c r="L9" s="20">
+        <v>2.8205</v>
+      </c>
+      <c r="M9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B10" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C10" s="19">
+        <v>111550</v>
+      </c>
+      <c r="D10" s="19">
+        <v>111617</v>
+      </c>
+      <c r="E10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G10" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H10" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I10" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J10" s="19">
+        <v>160</v>
+      </c>
+      <c r="K10" s="20">
+        <v>34.75</v>
+      </c>
+      <c r="L10" s="20">
+        <v>13.444599999999999</v>
+      </c>
+      <c r="M10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B11" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C11" s="19">
+        <v>113008</v>
+      </c>
+      <c r="D11" s="19">
+        <v>113029</v>
+      </c>
+      <c r="E11" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F11" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G11" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H11" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I11" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J11" s="19">
+        <v>137</v>
+      </c>
+      <c r="K11" s="20">
+        <v>14.9</v>
+      </c>
+      <c r="L11" s="20">
+        <v>5.7647000000000004</v>
+      </c>
+      <c r="M11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R11" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B12" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C12" s="19">
+        <v>114154</v>
+      </c>
+      <c r="D12" s="19">
+        <v>114227</v>
+      </c>
+      <c r="E12" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F12" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G12" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H12" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I12" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J12" s="19">
+        <v>154</v>
+      </c>
+      <c r="K12" s="20">
+        <v>26.07</v>
+      </c>
+      <c r="L12" s="20">
+        <v>10.086399999999999</v>
+      </c>
+      <c r="M12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R12" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B13" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C13" s="19">
+        <v>115536</v>
+      </c>
+      <c r="D13" s="19">
+        <v>115551</v>
+      </c>
+      <c r="E13" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F13" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G13" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H13" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I13" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J13" s="19">
+        <v>140</v>
+      </c>
+      <c r="K13" s="20">
+        <v>11.42</v>
+      </c>
+      <c r="L13" s="20">
+        <v>4.4183000000000003</v>
+      </c>
+      <c r="M13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R13" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B14" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C14" s="19">
+        <v>115927</v>
+      </c>
+      <c r="D14" s="19">
+        <v>115945</v>
+      </c>
+      <c r="E14" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F14" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G14" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H14" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I14" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J14" s="19">
+        <v>128</v>
+      </c>
+      <c r="K14" s="20">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="L14" s="20">
+        <v>7.3122999999999996</v>
+      </c>
+      <c r="M14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R14" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B15" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C15" s="19">
+        <v>121219</v>
+      </c>
+      <c r="D15" s="19">
+        <v>121234</v>
+      </c>
+      <c r="E15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G15" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H15" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I15" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J15" s="19">
+        <v>129</v>
+      </c>
+      <c r="K15" s="20">
+        <v>8.08</v>
+      </c>
+      <c r="L15" s="20">
+        <v>3.1261000000000001</v>
+      </c>
+      <c r="M15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R15" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B16" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C16" s="19">
+        <v>123052</v>
+      </c>
+      <c r="D16" s="19">
+        <v>123120</v>
+      </c>
+      <c r="E16" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F16" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G16" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H16" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I16" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J16" s="19">
+        <v>119</v>
+      </c>
+      <c r="K16" s="20">
+        <v>12.91</v>
+      </c>
+      <c r="L16" s="20">
+        <v>4.9947999999999997</v>
+      </c>
+      <c r="M16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R16" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C17" s="19">
+        <v>124650</v>
+      </c>
+      <c r="D17" s="19">
+        <v>124720</v>
+      </c>
+      <c r="E17" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F17" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G17" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H17" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I17" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J17" s="19">
+        <v>112</v>
+      </c>
+      <c r="K17" s="20">
+        <v>42.87</v>
+      </c>
+      <c r="L17" s="20">
+        <v>16.586200000000002</v>
+      </c>
+      <c r="M17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R17" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B18" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C18" s="19">
+        <v>125459</v>
+      </c>
+      <c r="D18" s="19">
+        <v>125517</v>
+      </c>
+      <c r="E18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G18" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H18" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I18" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J18" s="19">
+        <v>127</v>
+      </c>
+      <c r="K18" s="20">
+        <v>13.22</v>
+      </c>
+      <c r="L18" s="20">
+        <v>5.1147999999999998</v>
+      </c>
+      <c r="M18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R18" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B19" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C19" s="19">
+        <v>125453</v>
+      </c>
+      <c r="D19" s="19">
+        <v>125500</v>
+      </c>
+      <c r="E19" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F19" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G19" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H19" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I19" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J19" s="19">
+        <v>126</v>
+      </c>
+      <c r="K19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="20">
+        <v>36.74</v>
+      </c>
+      <c r="P19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R19" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C20" s="19">
+        <v>103205</v>
+      </c>
+      <c r="D20" s="19">
+        <v>103226</v>
+      </c>
+      <c r="E20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G20" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H20" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I20" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J20" s="19">
+        <v>154</v>
+      </c>
+      <c r="K20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P20" s="20">
+        <v>9.31</v>
+      </c>
+      <c r="Q20" s="20">
+        <v>3.0537999999999998</v>
+      </c>
+      <c r="R20" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B21" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C21" s="19">
+        <v>104502</v>
+      </c>
+      <c r="D21" s="19">
+        <v>104523</v>
+      </c>
+      <c r="E21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G21" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H21" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I21" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J21" s="19">
+        <v>146</v>
+      </c>
+      <c r="K21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="20">
+        <v>26.01</v>
+      </c>
+      <c r="Q21" s="20">
+        <v>8.5317000000000007</v>
+      </c>
+      <c r="R21" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C22" s="19">
+        <v>105005</v>
+      </c>
+      <c r="D22" s="19">
+        <v>105038</v>
+      </c>
+      <c r="E22" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F22" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G22" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H22" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I22" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J22" s="19">
+        <v>152</v>
+      </c>
+      <c r="K22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" s="20">
+        <v>33.78</v>
+      </c>
+      <c r="Q22" s="20">
+        <v>11.080399999999999</v>
+      </c>
+      <c r="R22" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C23" s="19">
+        <v>105408</v>
+      </c>
+      <c r="D23" s="19">
+        <v>105423</v>
+      </c>
+      <c r="E23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G23" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H23" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I23" s="19">
+        <v>2</v>
+      </c>
+      <c r="J23" s="19">
+        <v>148</v>
+      </c>
+      <c r="K23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" s="20">
+        <v>30.71</v>
+      </c>
+      <c r="Q23" s="20">
+        <v>10.073399999999999</v>
+      </c>
+      <c r="R23" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B24" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C24" s="19">
+        <v>105817</v>
+      </c>
+      <c r="D24" s="19">
+        <v>105856</v>
+      </c>
+      <c r="E24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G24" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H24" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I24" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J24" s="19">
+        <v>156</v>
+      </c>
+      <c r="K24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" s="20">
+        <v>56.19</v>
+      </c>
+      <c r="Q24" s="20">
+        <v>18.4313</v>
+      </c>
+      <c r="R24" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C25" s="19">
+        <v>110211</v>
+      </c>
+      <c r="D25" s="19">
+        <v>110220</v>
+      </c>
+      <c r="E25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G25" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H25" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I25" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J25" s="19">
+        <v>122</v>
+      </c>
+      <c r="K25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P25" s="20">
+        <v>9.68</v>
+      </c>
+      <c r="Q25" s="20">
+        <v>3.1751999999999998</v>
+      </c>
+      <c r="R25" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C26" s="19">
+        <v>110647</v>
+      </c>
+      <c r="D26" s="19">
+        <v>110653</v>
+      </c>
+      <c r="E26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G26" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H26" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I26" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J26" s="19">
+        <v>160</v>
+      </c>
+      <c r="K26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P26" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q26" s="20">
+        <v>1.0333000000000001</v>
+      </c>
+      <c r="R26" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C27" s="19">
+        <v>111550</v>
+      </c>
+      <c r="D27" s="19">
+        <v>111617</v>
+      </c>
+      <c r="E27" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F27" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G27" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H27" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I27" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J27" s="19">
+        <v>160</v>
+      </c>
+      <c r="K27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P27" s="20">
+        <v>28.17</v>
+      </c>
+      <c r="Q27" s="20">
+        <v>9.2401999999999997</v>
+      </c>
+      <c r="R27" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C28" s="19">
+        <v>113008</v>
+      </c>
+      <c r="D28" s="19">
+        <v>113026</v>
+      </c>
+      <c r="E28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G28" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H28" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I28" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J28" s="19">
+        <v>137</v>
+      </c>
+      <c r="K28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P28" s="20">
+        <v>15.23</v>
+      </c>
+      <c r="Q28" s="20">
+        <v>4.9957000000000003</v>
+      </c>
+      <c r="R28" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C29" s="19">
+        <v>114157</v>
+      </c>
+      <c r="D29" s="19">
+        <v>114221</v>
+      </c>
+      <c r="E29" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F29" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G29" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H29" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I29" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J29" s="19">
+        <v>153</v>
+      </c>
+      <c r="K29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="20">
+        <v>30.8</v>
+      </c>
+      <c r="Q29" s="20">
+        <v>10.1029</v>
+      </c>
+      <c r="R29" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C30" s="19">
+        <v>115536</v>
+      </c>
+      <c r="D30" s="19">
+        <v>115551</v>
+      </c>
+      <c r="E30" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F30" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G30" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H30" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I30" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J30" s="19">
+        <v>140</v>
+      </c>
+      <c r="K30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P30" s="20">
+        <v>11.16</v>
+      </c>
+      <c r="Q30" s="20">
+        <v>3.6606999999999998</v>
+      </c>
+      <c r="R30" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C31" s="19">
+        <v>115927</v>
+      </c>
+      <c r="D31" s="19">
+        <v>115945</v>
+      </c>
+      <c r="E31" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F31" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G31" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H31" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I31" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J31" s="19">
+        <v>128</v>
+      </c>
+      <c r="K31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P31" s="20">
+        <v>17.510000000000002</v>
+      </c>
+      <c r="Q31" s="20">
+        <v>5.7435999999999998</v>
+      </c>
+      <c r="R31" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C32" s="19">
+        <v>121219</v>
+      </c>
+      <c r="D32" s="19">
+        <v>121231</v>
+      </c>
+      <c r="E32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G32" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H32" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I32" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J32" s="19">
+        <v>129</v>
+      </c>
+      <c r="K32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P32" s="20">
+        <v>11.97</v>
+      </c>
+      <c r="Q32" s="20">
+        <v>3.9264000000000001</v>
+      </c>
+      <c r="R32" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C33" s="19">
+        <v>123052</v>
+      </c>
+      <c r="D33" s="19">
+        <v>123117</v>
+      </c>
+      <c r="E33" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F33" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G33" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H33" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I33" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J33" s="19">
+        <v>119</v>
+      </c>
+      <c r="K33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P33" s="20">
+        <v>12.09</v>
+      </c>
+      <c r="Q33" s="20">
+        <v>3.9657</v>
+      </c>
+      <c r="R33" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B34" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C34" s="19">
+        <v>124650</v>
+      </c>
+      <c r="D34" s="19">
+        <v>124714</v>
+      </c>
+      <c r="E34" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F34" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G34" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H34" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I34" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J34" s="19">
+        <v>112</v>
+      </c>
+      <c r="K34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" s="20">
+        <v>38.57</v>
+      </c>
+      <c r="Q34" s="20">
+        <v>12.6516</v>
+      </c>
+      <c r="R34" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C35" s="19">
+        <v>125459</v>
+      </c>
+      <c r="D35" s="19">
+        <v>125514</v>
+      </c>
+      <c r="E35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G35" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H35" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I35" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J35" s="19">
+        <v>127</v>
+      </c>
+      <c r="K35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" s="20">
+        <v>13.01</v>
+      </c>
+      <c r="Q35" s="20">
+        <v>4.2675000000000001</v>
+      </c>
+      <c r="R35" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B36" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C36" s="19">
+        <v>103151</v>
+      </c>
+      <c r="D36" s="19">
+        <v>103234</v>
+      </c>
+      <c r="E36" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F36" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G36" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H36" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I36" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J36" s="19">
+        <v>154</v>
+      </c>
+      <c r="K36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R36" s="42">
+        <v>197.06</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B37" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C37" s="19">
+        <v>103634</v>
+      </c>
+      <c r="D37" s="19">
+        <v>103705</v>
+      </c>
+      <c r="E37" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F37" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G37" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H37" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I37" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J37" s="19">
+        <v>186</v>
+      </c>
+      <c r="K37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R37" s="42">
+        <v>41.43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B38" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C38" s="19">
+        <v>103959</v>
+      </c>
+      <c r="D38" s="19">
+        <v>104049</v>
+      </c>
+      <c r="E38" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F38" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G38" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H38" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I38" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J38" s="19">
+        <v>176</v>
+      </c>
+      <c r="K38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R38" s="42">
+        <v>60.76</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B39" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C39" s="19">
+        <v>104457</v>
+      </c>
+      <c r="D39" s="19">
+        <v>104535</v>
+      </c>
+      <c r="E39" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F39" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G39" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H39" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I39" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J39" s="19">
+        <v>146</v>
+      </c>
+      <c r="K39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R39" s="42">
+        <v>916.02</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B40" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C40" s="19">
+        <v>104959</v>
+      </c>
+      <c r="D40" s="19">
+        <v>105049</v>
+      </c>
+      <c r="E40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G40" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H40" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I40" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J40" s="19">
+        <v>152</v>
+      </c>
+      <c r="K40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R40" s="42">
+        <v>1568.87</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B41" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C41" s="19">
+        <v>105401</v>
+      </c>
+      <c r="D41" s="19">
+        <v>105433</v>
+      </c>
+      <c r="E41" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F41" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G41" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H41" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I41" s="19">
+        <v>2</v>
+      </c>
+      <c r="J41" s="19">
+        <v>148</v>
+      </c>
+      <c r="K41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R41" s="42">
+        <v>943.01</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B42" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C42" s="19">
+        <v>105809</v>
+      </c>
+      <c r="D42" s="19">
+        <v>105905</v>
+      </c>
+      <c r="E42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G42" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H42" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I42" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J42" s="19">
+        <v>156</v>
+      </c>
+      <c r="K42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R42" s="42">
+        <v>3313.67</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B43" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C43" s="19">
+        <v>110205</v>
+      </c>
+      <c r="D43" s="19">
+        <v>110230</v>
+      </c>
+      <c r="E43" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F43" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G43" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H43" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I43" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J43" s="19">
+        <v>121</v>
+      </c>
+      <c r="K43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R43" s="42">
+        <v>272.02999999999997</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B44" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C44" s="19">
+        <v>110639</v>
+      </c>
+      <c r="D44" s="19">
+        <v>110713</v>
+      </c>
+      <c r="E44" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F44" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G44" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H44" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I44" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J44" s="19">
+        <v>161</v>
+      </c>
+      <c r="K44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R44" s="42">
+        <v>161.03</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B45" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C45" s="19">
+        <v>111541</v>
+      </c>
+      <c r="D45" s="19">
+        <v>111625</v>
+      </c>
+      <c r="E45" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F45" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G45" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H45" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I45" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J45" s="19">
+        <v>158</v>
+      </c>
+      <c r="K45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R45" s="42">
+        <v>1054.24</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B46" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C46" s="19">
+        <v>113000</v>
+      </c>
+      <c r="D46" s="19">
+        <v>113031</v>
+      </c>
+      <c r="E46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G46" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H46" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I46" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J46" s="19">
+        <v>138</v>
+      </c>
+      <c r="K46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R46" s="42">
+        <v>529.27</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B47" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C47" s="19">
+        <v>113408</v>
+      </c>
+      <c r="D47" s="19">
+        <v>113439</v>
+      </c>
+      <c r="E47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G47" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H47" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I47" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J47" s="19">
+        <v>161</v>
+      </c>
+      <c r="K47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R47" s="42">
+        <v>857.09</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B48" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C48" s="19">
+        <v>114148</v>
+      </c>
+      <c r="D48" s="19">
+        <v>114232</v>
+      </c>
+      <c r="E48" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F48" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G48" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H48" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I48" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J48" s="19">
+        <v>154</v>
+      </c>
+      <c r="K48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R48" s="42">
+        <v>994.96</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B49" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C49" s="19">
+        <v>115526</v>
+      </c>
+      <c r="D49" s="19">
+        <v>115557</v>
+      </c>
+      <c r="E49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G49" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H49" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I49" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J49" s="19">
+        <v>140</v>
+      </c>
+      <c r="K49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R49" s="42">
+        <v>304.2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B50" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C50" s="19">
+        <v>115919</v>
+      </c>
+      <c r="D50" s="19">
+        <v>115950</v>
+      </c>
+      <c r="E50" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F50" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G50" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H50" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I50" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J50" s="19">
+        <v>129</v>
+      </c>
+      <c r="K50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R50" s="42">
+        <v>539.53</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B51" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C51" s="19">
+        <v>121212</v>
+      </c>
+      <c r="D51" s="19">
+        <v>121237</v>
+      </c>
+      <c r="E51" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F51" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G51" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H51" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I51" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J51" s="19">
+        <v>129</v>
+      </c>
+      <c r="K51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R51" s="42">
+        <v>305.06</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B52" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C52" s="19">
+        <v>123045</v>
+      </c>
+      <c r="D52" s="19">
+        <v>123123</v>
+      </c>
+      <c r="E52" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F52" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G52" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H52" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I52" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J52" s="19">
+        <v>119</v>
+      </c>
+      <c r="K52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R52" s="42">
+        <v>416.36</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C53" s="19">
+        <v>124645</v>
+      </c>
+      <c r="D53" s="19">
+        <v>124717</v>
+      </c>
+      <c r="E53" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F53" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G53" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H53" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I53" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J53" s="19">
+        <v>112</v>
+      </c>
+      <c r="K53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R53" s="42">
+        <v>2597.16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="19">
+        <v>240209</v>
+      </c>
+      <c r="C54" s="19">
+        <v>125454</v>
+      </c>
+      <c r="D54" s="19">
+        <v>125519</v>
+      </c>
+      <c r="E54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G54" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H54" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I54" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J54" s="19">
+        <v>127</v>
+      </c>
+      <c r="K54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R54" s="42">
+        <v>610.5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C55" s="19">
+        <v>115926</v>
+      </c>
+      <c r="D55" s="19">
+        <v>115932</v>
+      </c>
+      <c r="E55" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F55" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G55" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H55" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I55" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J55" s="19">
+        <v>155</v>
+      </c>
+      <c r="K55" s="20">
+        <v>15.86</v>
+      </c>
+      <c r="L55" s="20">
+        <v>6.0129000000000001</v>
+      </c>
+      <c r="M55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R55" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C56" s="19">
+        <v>120405</v>
+      </c>
+      <c r="D56" s="19">
+        <v>120414</v>
+      </c>
+      <c r="E56" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F56" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G56" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H56" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I56" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J56" s="19">
+        <v>116</v>
+      </c>
+      <c r="K56" s="20">
+        <v>116.63</v>
+      </c>
+      <c r="L56" s="20">
+        <v>44.216799999999999</v>
+      </c>
+      <c r="M56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R56" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B57" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C57" s="19">
+        <v>120635</v>
+      </c>
+      <c r="D57" s="19">
+        <v>120647</v>
+      </c>
+      <c r="E57" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F57" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G57" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H57" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I57" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J57" s="19">
+        <v>129</v>
+      </c>
+      <c r="K57" s="20">
+        <v>23.97</v>
+      </c>
+      <c r="L57" s="20">
+        <v>9.0875000000000004</v>
+      </c>
+      <c r="M57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R57" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B58" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C58" s="19">
+        <v>121041</v>
+      </c>
+      <c r="D58" s="19">
+        <v>121056</v>
+      </c>
+      <c r="E58" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F58" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G58" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H58" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I58" s="19">
+        <v>3</v>
+      </c>
+      <c r="J58" s="19">
+        <v>117</v>
+      </c>
+      <c r="K58" s="20">
+        <v>7.22</v>
+      </c>
+      <c r="L58" s="20">
+        <v>2.7372000000000001</v>
+      </c>
+      <c r="M58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R58" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B59" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C59" s="19">
+        <v>121438</v>
+      </c>
+      <c r="D59" s="19">
+        <v>121444</v>
+      </c>
+      <c r="E59" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F59" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G59" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H59" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I59" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J59" s="19">
+        <v>130</v>
+      </c>
+      <c r="K59" s="20">
+        <v>4.82</v>
+      </c>
+      <c r="L59" s="20">
+        <v>1.8273999999999999</v>
+      </c>
+      <c r="M59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R59" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B60" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C60" s="19">
+        <v>121856</v>
+      </c>
+      <c r="D60" s="19">
+        <v>121908</v>
+      </c>
+      <c r="E60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G60" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H60" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I60" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J60" s="19">
+        <v>174</v>
+      </c>
+      <c r="K60" s="20">
+        <v>31.65</v>
+      </c>
+      <c r="L60" s="20">
+        <v>11.9992</v>
+      </c>
+      <c r="M60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R60" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B61" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C61" s="19">
+        <v>122114</v>
+      </c>
+      <c r="D61" s="19">
+        <v>122126</v>
+      </c>
+      <c r="E61" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F61" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G61" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H61" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I61" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J61" s="19">
+        <v>147</v>
+      </c>
+      <c r="K61" s="20">
+        <v>28.25</v>
+      </c>
+      <c r="L61" s="20">
+        <v>10.7102</v>
+      </c>
+      <c r="M61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R61" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B62" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C62" s="19">
+        <v>122559</v>
+      </c>
+      <c r="D62" s="19">
+        <v>122611</v>
+      </c>
+      <c r="E62" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F62" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G62" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H62" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I62" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J62" s="19">
+        <v>131</v>
+      </c>
+      <c r="K62" s="20">
+        <v>40.64</v>
+      </c>
+      <c r="L62" s="20">
+        <v>15.407500000000001</v>
+      </c>
+      <c r="M62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R62" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B63" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C63" s="19">
+        <v>123243</v>
+      </c>
+      <c r="D63" s="19">
+        <v>123304</v>
+      </c>
+      <c r="E63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G63" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H63" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I63" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J63" s="19">
+        <v>134</v>
+      </c>
+      <c r="K63" s="20">
+        <v>60.11</v>
+      </c>
+      <c r="L63" s="20">
+        <v>22.788900000000002</v>
+      </c>
+      <c r="M63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R63" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B64" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C64" s="19">
+        <v>124026</v>
+      </c>
+      <c r="D64" s="19">
+        <v>124034</v>
+      </c>
+      <c r="E64" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F64" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G64" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H64" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I64" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J64" s="19">
+        <v>141</v>
+      </c>
+      <c r="K64" s="20">
+        <v>38.44</v>
+      </c>
+      <c r="L64" s="20">
+        <v>14.573399999999999</v>
+      </c>
+      <c r="M64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R64" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B65" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C65" s="19">
+        <v>124438</v>
+      </c>
+      <c r="D65" s="19">
+        <v>124447</v>
+      </c>
+      <c r="E65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G65" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H65" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I65" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J65" s="19">
+        <v>117</v>
+      </c>
+      <c r="K65" s="20">
+        <v>27.51</v>
+      </c>
+      <c r="L65" s="20">
+        <v>10.429600000000001</v>
+      </c>
+      <c r="M65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R65" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B66" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C66" s="19">
+        <v>124717</v>
+      </c>
+      <c r="D66" s="19">
+        <v>124735</v>
+      </c>
+      <c r="E66" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F66" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G66" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H66" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I66" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J66" s="19">
+        <v>111</v>
+      </c>
+      <c r="K66" s="20">
+        <v>5.9</v>
+      </c>
+      <c r="L66" s="20">
+        <v>2.2368000000000001</v>
+      </c>
+      <c r="M66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R66" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B67" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C67" s="19">
+        <v>125340</v>
+      </c>
+      <c r="D67" s="19">
+        <v>125352</v>
+      </c>
+      <c r="E67" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F67" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G67" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H67" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I67" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J67" s="19">
+        <v>135</v>
+      </c>
+      <c r="K67" s="20">
+        <v>62.16</v>
+      </c>
+      <c r="L67" s="20">
+        <v>23.566099999999999</v>
+      </c>
+      <c r="M67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R67" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B68" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C68" s="19">
+        <v>125844</v>
+      </c>
+      <c r="D68" s="19">
+        <v>125850</v>
+      </c>
+      <c r="E68" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F68" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G68" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H68" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I68" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J68" s="19">
+        <v>119</v>
+      </c>
+      <c r="K68" s="20">
+        <v>16.440000000000001</v>
+      </c>
+      <c r="L68" s="20">
+        <v>6.2327000000000004</v>
+      </c>
+      <c r="M68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R68" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B69" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C69" s="19">
+        <v>130826</v>
+      </c>
+      <c r="D69" s="19">
+        <v>130838</v>
+      </c>
+      <c r="E69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G69" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H69" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I69" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J69" s="19">
+        <v>133</v>
+      </c>
+      <c r="K69" s="20">
+        <v>163.96</v>
+      </c>
+      <c r="L69" s="20">
+        <v>62.160600000000002</v>
+      </c>
+      <c r="M69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R69" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B70" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C70" s="19">
+        <v>131247</v>
+      </c>
+      <c r="D70" s="19">
+        <v>131314</v>
+      </c>
+      <c r="E70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G70" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H70" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I70" s="19">
+        <v>3</v>
+      </c>
+      <c r="J70" s="19">
+        <v>161</v>
+      </c>
+      <c r="K70" s="20">
+        <v>40.47</v>
+      </c>
+      <c r="L70" s="20">
+        <v>15.343</v>
+      </c>
+      <c r="M70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R70" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B71" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C71" s="19">
+        <v>132005</v>
+      </c>
+      <c r="D71" s="19">
+        <v>132023</v>
+      </c>
+      <c r="E71" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F71" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G71" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H71" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I71" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J71" s="19">
+        <v>147</v>
+      </c>
+      <c r="K71" s="20">
+        <v>88.37</v>
+      </c>
+      <c r="L71" s="20">
+        <v>33.502899999999997</v>
+      </c>
+      <c r="M71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R71" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B72" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C72" s="19">
+        <v>132241</v>
+      </c>
+      <c r="D72" s="19">
+        <v>132250</v>
+      </c>
+      <c r="E72" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F72" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G72" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H72" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I72" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J72" s="19">
+        <v>164</v>
+      </c>
+      <c r="K72" s="20">
+        <v>12.87</v>
+      </c>
+      <c r="L72" s="20">
+        <v>4.8792999999999997</v>
+      </c>
+      <c r="M72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R72" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B73" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C73" s="19">
+        <v>132647</v>
+      </c>
+      <c r="D73" s="19">
+        <v>132659</v>
+      </c>
+      <c r="E73" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F73" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G73" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H73" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I73" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J73" s="19">
+        <v>159</v>
+      </c>
+      <c r="K73" s="20">
+        <v>45.38</v>
+      </c>
+      <c r="L73" s="20">
+        <v>17.204499999999999</v>
+      </c>
+      <c r="M73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R73" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B74" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C74" s="19">
+        <v>110015</v>
+      </c>
+      <c r="D74" s="19">
+        <v>110029</v>
+      </c>
+      <c r="E74" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F74" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G74" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H74" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I74" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J74" s="19">
+        <v>236</v>
+      </c>
+      <c r="K74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="20">
+        <v>14.17</v>
+      </c>
+      <c r="P74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R74" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B75" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C75" s="19">
+        <v>115148</v>
+      </c>
+      <c r="D75" s="19">
+        <v>115210</v>
+      </c>
+      <c r="E75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G75" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H75" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I75" s="19">
+        <v>2</v>
+      </c>
+      <c r="J75" s="19">
+        <v>156</v>
+      </c>
+      <c r="K75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="20">
+        <v>14.6</v>
+      </c>
+      <c r="P75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R75" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B76" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C76" s="19">
+        <v>115914</v>
+      </c>
+      <c r="D76" s="19">
+        <v>115938</v>
+      </c>
+      <c r="E76" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F76" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G76" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H76" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I76" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J76" s="19">
+        <v>153</v>
+      </c>
+      <c r="K76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="20">
+        <v>58.85</v>
+      </c>
+      <c r="P76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R76" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B77" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C77" s="19">
+        <v>120349</v>
+      </c>
+      <c r="D77" s="19">
+        <v>120409</v>
+      </c>
+      <c r="E77" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F77" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G77" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H77" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I77" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J77" s="19">
+        <v>131</v>
+      </c>
+      <c r="K77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="20">
+        <v>59.07</v>
+      </c>
+      <c r="P77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R77" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B78" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C78" s="19">
+        <v>120618</v>
+      </c>
+      <c r="D78" s="19">
+        <v>120638</v>
+      </c>
+      <c r="E78" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F78" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G78" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H78" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I78" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J78" s="19">
+        <v>126</v>
+      </c>
+      <c r="K78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="20">
+        <v>41.98</v>
+      </c>
+      <c r="P78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R78" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B79" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C79" s="19">
+        <v>121408</v>
+      </c>
+      <c r="D79" s="19">
+        <v>121445</v>
+      </c>
+      <c r="E79" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F79" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G79" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H79" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I79" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J79" s="19">
+        <v>130</v>
+      </c>
+      <c r="K79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="20">
+        <v>41.6</v>
+      </c>
+      <c r="P79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R79" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B80" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C80" s="19">
+        <v>122103</v>
+      </c>
+      <c r="D80" s="19">
+        <v>122147</v>
+      </c>
+      <c r="E80" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F80" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G80" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H80" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I80" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J80" s="19">
+        <v>150</v>
+      </c>
+      <c r="K80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="20">
+        <v>153.29</v>
+      </c>
+      <c r="P80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R80" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B81" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C81" s="19">
+        <v>122549</v>
+      </c>
+      <c r="D81" s="19">
+        <v>122613</v>
+      </c>
+      <c r="E81" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F81" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G81" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H81" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I81" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J81" s="19">
+        <v>133</v>
+      </c>
+      <c r="K81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="20">
+        <v>27.09</v>
+      </c>
+      <c r="P81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R81" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B82" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C82" s="19">
+        <v>123231</v>
+      </c>
+      <c r="D82" s="19">
+        <v>123258</v>
+      </c>
+      <c r="E82" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F82" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G82" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H82" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I82" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J82" s="19">
+        <v>134</v>
+      </c>
+      <c r="K82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="20">
+        <v>35</v>
+      </c>
+      <c r="P82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R82" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B83" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C83" s="19">
+        <v>124004</v>
+      </c>
+      <c r="D83" s="19">
+        <v>124028</v>
+      </c>
+      <c r="E83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G83" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H83" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I83" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J83" s="19">
+        <v>154</v>
+      </c>
+      <c r="K83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O83" s="20">
+        <v>78</v>
+      </c>
+      <c r="P83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R83" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B84" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C84" s="19">
+        <v>125329</v>
+      </c>
+      <c r="D84" s="19">
+        <v>125347</v>
+      </c>
+      <c r="E84" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F84" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G84" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H84" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I84" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J84" s="19">
+        <v>129</v>
+      </c>
+      <c r="K84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O84" s="20">
+        <v>76.489999999999995</v>
+      </c>
+      <c r="P84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R84" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B85" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C85" s="19">
+        <v>130810</v>
+      </c>
+      <c r="D85" s="19">
+        <v>130842</v>
+      </c>
+      <c r="E85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G85" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H85" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I85" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J85" s="19">
+        <v>133</v>
+      </c>
+      <c r="K85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O85" s="20">
+        <v>97.45</v>
+      </c>
+      <c r="P85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R85" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B86" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C86" s="19">
+        <v>131236</v>
+      </c>
+      <c r="D86" s="19">
+        <v>131311</v>
+      </c>
+      <c r="E86" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F86" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G86" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H86" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I86" s="19">
+        <v>3</v>
+      </c>
+      <c r="J86" s="19">
+        <v>160</v>
+      </c>
+      <c r="K86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O86" s="20">
+        <v>47.21</v>
+      </c>
+      <c r="P86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R86" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B87" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C87" s="19">
+        <v>131507</v>
+      </c>
+      <c r="D87" s="19">
+        <v>131519</v>
+      </c>
+      <c r="E87" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F87" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G87" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H87" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I87" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J87" s="19">
+        <v>138</v>
+      </c>
+      <c r="K87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O87" s="20">
+        <v>30.1</v>
+      </c>
+      <c r="P87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R87" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B88" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C88" s="19">
+        <v>131950</v>
+      </c>
+      <c r="D88" s="19">
+        <v>132019</v>
+      </c>
+      <c r="E88" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F88" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G88" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H88" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I88" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J88" s="19">
+        <v>146</v>
+      </c>
+      <c r="K88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O88" s="20">
+        <v>64.91</v>
+      </c>
+      <c r="P88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R88" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B89" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C89" s="19">
+        <v>132214</v>
+      </c>
+      <c r="D89" s="19">
+        <v>132241</v>
+      </c>
+      <c r="E89" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F89" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G89" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H89" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I89" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J89" s="19">
+        <v>155</v>
+      </c>
+      <c r="K89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O89" s="20">
+        <v>38.090000000000003</v>
+      </c>
+      <c r="P89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R89" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B90" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C90" s="19">
+        <v>132639</v>
+      </c>
+      <c r="D90" s="19">
+        <v>132656</v>
+      </c>
+      <c r="E90" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F90" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G90" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H90" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I90" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J90" s="19">
+        <v>159</v>
+      </c>
+      <c r="K90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O90" s="20">
+        <v>24.78</v>
+      </c>
+      <c r="P90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R90" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B91" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C91" s="19">
+        <v>115929</v>
+      </c>
+      <c r="D91" s="19">
+        <v>115935</v>
+      </c>
+      <c r="E91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G91" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H91" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I91" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J91" s="19">
+        <v>156</v>
+      </c>
+      <c r="K91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P91" s="20">
+        <v>9.5399999999999991</v>
+      </c>
+      <c r="Q91" s="20">
+        <v>3.0663999999999998</v>
+      </c>
+      <c r="R91" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B92" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C92" s="19">
+        <v>120405</v>
+      </c>
+      <c r="D92" s="19">
+        <v>120414</v>
+      </c>
+      <c r="E92" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F92" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G92" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H92" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I92" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J92" s="19">
+        <v>116</v>
+      </c>
+      <c r="K92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P92" s="20">
+        <v>78.06</v>
+      </c>
+      <c r="Q92" s="20">
+        <v>25.090499999999999</v>
+      </c>
+      <c r="R92" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B93" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C93" s="19">
+        <v>120635</v>
+      </c>
+      <c r="D93" s="19">
+        <v>120647</v>
+      </c>
+      <c r="E93" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F93" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G93" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H93" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I93" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J93" s="19">
+        <v>129</v>
+      </c>
+      <c r="K93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P93" s="20">
+        <v>19</v>
+      </c>
+      <c r="Q93" s="20">
+        <v>6.1071</v>
+      </c>
+      <c r="R93" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B94" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C94" s="19">
+        <v>121041</v>
+      </c>
+      <c r="D94" s="19">
+        <v>121056</v>
+      </c>
+      <c r="E94" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F94" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G94" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H94" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I94" s="19">
+        <v>3</v>
+      </c>
+      <c r="J94" s="19">
+        <v>117</v>
+      </c>
+      <c r="K94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P94" s="20">
+        <v>7.93</v>
+      </c>
+      <c r="Q94" s="20">
+        <v>2.5489000000000002</v>
+      </c>
+      <c r="R94" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B95" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C95" s="19">
+        <v>121435</v>
+      </c>
+      <c r="D95" s="19">
+        <v>121447</v>
+      </c>
+      <c r="E95" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F95" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G95" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H95" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I95" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J95" s="19">
+        <v>130</v>
+      </c>
+      <c r="K95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P95" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q95" s="20">
+        <v>1.0125</v>
+      </c>
+      <c r="R95" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B96" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C96" s="19">
+        <v>121856</v>
+      </c>
+      <c r="D96" s="19">
+        <v>121908</v>
+      </c>
+      <c r="E96" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F96" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G96" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H96" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I96" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J96" s="19">
+        <v>174</v>
+      </c>
+      <c r="K96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P96" s="20">
+        <v>29.21</v>
+      </c>
+      <c r="Q96" s="20">
+        <v>9.3887999999999998</v>
+      </c>
+      <c r="R96" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B97" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C97" s="19">
+        <v>122114</v>
+      </c>
+      <c r="D97" s="19">
+        <v>122126</v>
+      </c>
+      <c r="E97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G97" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H97" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I97" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J97" s="19">
+        <v>147</v>
+      </c>
+      <c r="K97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P97" s="20">
+        <v>22.81</v>
+      </c>
+      <c r="Q97" s="20">
+        <v>7.3316999999999997</v>
+      </c>
+      <c r="R97" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B98" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C98" s="19">
+        <v>122559</v>
+      </c>
+      <c r="D98" s="19">
+        <v>122614</v>
+      </c>
+      <c r="E98" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F98" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G98" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H98" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I98" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J98" s="19">
+        <v>131</v>
+      </c>
+      <c r="K98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P98" s="20">
+        <v>31.94</v>
+      </c>
+      <c r="Q98" s="20">
+        <v>10.266299999999999</v>
+      </c>
+      <c r="R98" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B99" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C99" s="19">
+        <v>123243</v>
+      </c>
+      <c r="D99" s="19">
+        <v>123307</v>
+      </c>
+      <c r="E99" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F99" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G99" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H99" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I99" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J99" s="19">
+        <v>134</v>
+      </c>
+      <c r="K99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P99" s="20">
+        <v>50.07</v>
+      </c>
+      <c r="Q99" s="20">
+        <v>16.093800000000002</v>
+      </c>
+      <c r="R99" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B100" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C100" s="19">
+        <v>124026</v>
+      </c>
+      <c r="D100" s="19">
+        <v>124034</v>
+      </c>
+      <c r="E100" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F100" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G100" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H100" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I100" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J100" s="19">
+        <v>141</v>
+      </c>
+      <c r="K100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P100" s="20">
+        <v>32.520000000000003</v>
+      </c>
+      <c r="Q100" s="20">
+        <v>10.4528</v>
+      </c>
+      <c r="R100" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B101" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C101" s="19">
+        <v>124435</v>
+      </c>
+      <c r="D101" s="19">
+        <v>124447</v>
+      </c>
+      <c r="E101" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F101" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G101" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H101" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I101" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J101" s="19">
+        <v>117</v>
+      </c>
+      <c r="K101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P101" s="20">
+        <v>26.67</v>
+      </c>
+      <c r="Q101" s="20">
+        <v>8.5724</v>
+      </c>
+      <c r="R101" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B102" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C102" s="19">
+        <v>124714</v>
+      </c>
+      <c r="D102" s="19">
+        <v>124744</v>
+      </c>
+      <c r="E102" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F102" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G102" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H102" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I102" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J102" s="19">
+        <v>111</v>
+      </c>
+      <c r="K102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P102" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q102" s="20">
+        <v>1.0125</v>
+      </c>
+      <c r="R102" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B103" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C103" s="19">
+        <v>125340</v>
+      </c>
+      <c r="D103" s="19">
+        <v>125356</v>
+      </c>
+      <c r="E103" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F103" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G103" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H103" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I103" s="19">
+        <v>4</v>
+      </c>
+      <c r="J103" s="19">
+        <v>136</v>
+      </c>
+      <c r="K103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P103" s="20">
+        <v>58.68</v>
+      </c>
+      <c r="Q103" s="20">
+        <v>18.8612</v>
+      </c>
+      <c r="R103" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B104" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C104" s="19">
+        <v>125841</v>
+      </c>
+      <c r="D104" s="19">
+        <v>125853</v>
+      </c>
+      <c r="E104" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F104" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G104" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H104" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I104" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J104" s="19">
+        <v>119</v>
+      </c>
+      <c r="K104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P104" s="20">
+        <v>16.059999999999999</v>
+      </c>
+      <c r="Q104" s="20">
+        <v>5.1620999999999997</v>
+      </c>
+      <c r="R104" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B105" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C105" s="19">
+        <v>130826</v>
+      </c>
+      <c r="D105" s="19">
+        <v>130841</v>
+      </c>
+      <c r="E105" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F105" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G105" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H105" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I105" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J105" s="19">
+        <v>133</v>
+      </c>
+      <c r="K105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P105" s="20">
+        <v>133.72999999999999</v>
+      </c>
+      <c r="Q105" s="20">
+        <v>42.984200000000001</v>
+      </c>
+      <c r="R105" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B106" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C106" s="19">
+        <v>131247</v>
+      </c>
+      <c r="D106" s="19">
+        <v>131317</v>
+      </c>
+      <c r="E106" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F106" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G106" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H106" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I106" s="19">
+        <v>3</v>
+      </c>
+      <c r="J106" s="19">
+        <v>161</v>
+      </c>
+      <c r="K106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P106" s="20">
+        <v>45.2</v>
+      </c>
+      <c r="Q106" s="20">
+        <v>14.5284</v>
+      </c>
+      <c r="R106" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B107" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C107" s="19">
+        <v>132005</v>
+      </c>
+      <c r="D107" s="19">
+        <v>132023</v>
+      </c>
+      <c r="E107" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F107" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G107" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H107" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I107" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J107" s="19">
+        <v>147</v>
+      </c>
+      <c r="K107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P107" s="20">
+        <v>89.53</v>
+      </c>
+      <c r="Q107" s="20">
+        <v>28.777200000000001</v>
+      </c>
+      <c r="R107" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B108" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C108" s="19">
+        <v>132238</v>
+      </c>
+      <c r="D108" s="19">
+        <v>132250</v>
+      </c>
+      <c r="E108" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F108" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G108" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H108" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I108" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J108" s="19">
+        <v>163</v>
+      </c>
+      <c r="K108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P108" s="20">
+        <v>15.77</v>
+      </c>
+      <c r="Q108" s="20">
+        <v>5.0689000000000002</v>
+      </c>
+      <c r="R108" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B109" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C109" s="19">
+        <v>132647</v>
+      </c>
+      <c r="D109" s="19">
+        <v>132659</v>
+      </c>
+      <c r="E109" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F109" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G109" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H109" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I109" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J109" s="19">
+        <v>159</v>
+      </c>
+      <c r="K109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P109" s="20">
+        <v>51.3</v>
+      </c>
+      <c r="Q109" s="20">
+        <v>16.489100000000001</v>
+      </c>
+      <c r="R109" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B110" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C110" s="19">
+        <v>115921</v>
+      </c>
+      <c r="D110" s="19">
+        <v>115939</v>
+      </c>
+      <c r="E110" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F110" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G110" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H110" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I110" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J110" s="19">
+        <v>155</v>
+      </c>
+      <c r="K110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R110" s="42">
+        <v>324.92</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B111" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C111" s="19">
+        <v>120400</v>
+      </c>
+      <c r="D111" s="19">
+        <v>120413</v>
+      </c>
+      <c r="E111" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F111" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G111" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H111" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I111" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J111" s="19">
+        <v>123</v>
+      </c>
+      <c r="K111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R111" s="42">
+        <v>6205.29</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B112" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C112" s="19">
+        <v>120630</v>
+      </c>
+      <c r="D112" s="19">
+        <v>120648</v>
+      </c>
+      <c r="E112" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F112" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G112" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H112" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I112" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J112" s="19">
+        <v>129</v>
+      </c>
+      <c r="K112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R112" s="42">
+        <v>672.29</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B113" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C113" s="19">
+        <v>121041</v>
+      </c>
+      <c r="D113" s="19">
+        <v>121054</v>
+      </c>
+      <c r="E113" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F113" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G113" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H113" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I113" s="19">
+        <v>3</v>
+      </c>
+      <c r="J113" s="19">
+        <v>117</v>
+      </c>
+      <c r="K113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R113" s="42">
+        <v>259.55</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B114" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C114" s="19">
+        <v>121431</v>
+      </c>
+      <c r="D114" s="19">
+        <v>121450</v>
+      </c>
+      <c r="E114" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F114" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G114" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H114" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I114" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J114" s="19">
+        <v>130</v>
+      </c>
+      <c r="K114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R114" s="42">
+        <v>159.94999999999999</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B115" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C115" s="19">
+        <v>121853</v>
+      </c>
+      <c r="D115" s="19">
+        <v>121859</v>
+      </c>
+      <c r="E115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G115" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H115" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I115" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J115" s="19">
+        <v>174</v>
+      </c>
+      <c r="K115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R115" s="42">
+        <v>2026.49</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B116" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C116" s="19">
+        <v>122113</v>
+      </c>
+      <c r="D116" s="19">
+        <v>122125</v>
+      </c>
+      <c r="E116" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F116" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G116" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H116" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I116" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J116" s="19">
+        <v>146</v>
+      </c>
+      <c r="K116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R116" s="42">
+        <v>1004.47</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B117" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C117" s="19">
+        <v>122559</v>
+      </c>
+      <c r="D117" s="19">
+        <v>122617</v>
+      </c>
+      <c r="E117" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F117" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G117" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H117" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I117" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J117" s="19">
+        <v>131</v>
+      </c>
+      <c r="K117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R117" s="42">
+        <v>955.03</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B118" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C118" s="19">
+        <v>123241</v>
+      </c>
+      <c r="D118" s="19">
+        <v>123300</v>
+      </c>
+      <c r="E118" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F118" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G118" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H118" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I118" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J118" s="19">
+        <v>134</v>
+      </c>
+      <c r="K118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R118" s="42">
+        <v>2055.31</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B119" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C119" s="19">
+        <v>124024</v>
+      </c>
+      <c r="D119" s="19">
+        <v>124031</v>
+      </c>
+      <c r="E119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G119" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H119" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I119" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J119" s="19">
+        <v>143</v>
+      </c>
+      <c r="K119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R119" s="42">
+        <v>1069.9100000000001</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B120" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C120" s="19">
+        <v>124433</v>
+      </c>
+      <c r="D120" s="19">
+        <v>124446</v>
+      </c>
+      <c r="E120" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F120" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G120" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H120" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I120" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J120" s="19">
+        <v>117</v>
+      </c>
+      <c r="K120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R120" s="42">
+        <v>875.55</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B121" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C121" s="19">
+        <v>125337</v>
+      </c>
+      <c r="D121" s="19">
+        <v>125350</v>
+      </c>
+      <c r="E121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G121" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H121" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I121" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J121" s="19">
+        <v>133</v>
+      </c>
+      <c r="K121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R121" s="42">
+        <v>1805.57</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B122" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C122" s="19">
+        <v>125836</v>
+      </c>
+      <c r="D122" s="19">
+        <v>125848</v>
+      </c>
+      <c r="E122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G122" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H122" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I122" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J122" s="19">
+        <v>117</v>
+      </c>
+      <c r="K122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R122" s="42">
+        <v>557.44000000000005</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B123" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C123" s="19">
+        <v>130826</v>
+      </c>
+      <c r="D123" s="19">
+        <v>130838</v>
+      </c>
+      <c r="E123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G123" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H123" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I123" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J123" s="19">
+        <v>133</v>
+      </c>
+      <c r="K123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R123" s="42">
+        <v>3871.84</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B124" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C124" s="19">
+        <v>131247</v>
+      </c>
+      <c r="D124" s="19">
+        <v>131312</v>
+      </c>
+      <c r="E124" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F124" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G124" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H124" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I124" s="19">
+        <v>3</v>
+      </c>
+      <c r="J124" s="19">
+        <v>161</v>
+      </c>
+      <c r="K124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q124" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R124" s="42">
+        <v>1334.7</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B125" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C125" s="19">
+        <v>132005</v>
+      </c>
+      <c r="D125" s="19">
+        <v>132018</v>
+      </c>
+      <c r="E125" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F125" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G125" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H125" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I125" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J125" s="19">
+        <v>147</v>
+      </c>
+      <c r="K125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q125" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R125" s="42">
+        <v>3751.94</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B126" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C126" s="19">
+        <v>132235</v>
+      </c>
+      <c r="D126" s="19">
+        <v>132247</v>
+      </c>
+      <c r="E126" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F126" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G126" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H126" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I126" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J126" s="19">
+        <v>162</v>
+      </c>
+      <c r="K126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q126" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R126" s="42">
+        <v>420.53</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B127" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C127" s="19">
+        <v>132640</v>
+      </c>
+      <c r="D127" s="19">
+        <v>132653</v>
+      </c>
+      <c r="E127" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F127" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G127" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H127" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I127" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J127" s="19">
+        <v>159</v>
+      </c>
+      <c r="K127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q127" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R127" s="42">
+        <v>1633.4</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B128" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C128" s="19">
+        <v>105928</v>
+      </c>
+      <c r="D128" s="19">
+        <v>110030</v>
+      </c>
+      <c r="E128" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F128" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G128" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H128" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I128" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J128" s="19">
+        <v>250</v>
+      </c>
+      <c r="K128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q128" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R128" s="42">
+        <v>19.96</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B129" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C129" s="19">
+        <v>115131</v>
+      </c>
+      <c r="D129" s="19">
+        <v>115208</v>
+      </c>
+      <c r="E129" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F129" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G129" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H129" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I129" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J129" s="19">
+        <v>157</v>
+      </c>
+      <c r="K129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q129" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R129" s="42">
+        <v>55.82</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B130" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C130" s="19">
+        <v>115521</v>
+      </c>
+      <c r="D130" s="19">
+        <v>115617</v>
+      </c>
+      <c r="E130" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F130" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G130" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="H130" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I130" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J130" s="19">
+        <v>157</v>
+      </c>
+      <c r="K130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q130" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R130" s="42">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B131" s="19">
+        <v>240228</v>
+      </c>
+      <c r="C131" s="19">
+        <v>131516</v>
+      </c>
+      <c r="D131" s="19">
+        <v>131532</v>
+      </c>
+      <c r="E131" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F131" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G131" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H131" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I131" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J131" s="19">
+        <v>137</v>
+      </c>
+      <c r="K131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q131" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R131" s="42">
+        <v>85.46</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B132" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C132" s="19">
+        <v>91114</v>
+      </c>
+      <c r="D132" s="19">
+        <v>91135</v>
+      </c>
+      <c r="E132" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F132" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G132" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H132" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I132" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J132" s="19">
+        <v>149</v>
+      </c>
+      <c r="K132" s="20">
+        <v>90.6</v>
+      </c>
+      <c r="L132" s="20">
+        <v>34.262900000000002</v>
+      </c>
+      <c r="M132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q132" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R132" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B133" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C133" s="19">
+        <v>91441</v>
+      </c>
+      <c r="D133" s="19">
+        <v>91505</v>
+      </c>
+      <c r="E133" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F133" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G133" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H133" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I133" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J133" s="19">
+        <v>126</v>
+      </c>
+      <c r="K133" s="20">
+        <v>47.12</v>
+      </c>
+      <c r="L133" s="20">
+        <v>17.819700000000001</v>
+      </c>
+      <c r="M133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q133" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R133" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B134" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C134" s="19">
+        <v>91738</v>
+      </c>
+      <c r="D134" s="19">
+        <v>91756</v>
+      </c>
+      <c r="E134" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F134" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G134" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H134" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I134" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J134" s="19">
+        <v>137</v>
+      </c>
+      <c r="K134" s="20">
+        <v>64.19</v>
+      </c>
+      <c r="L134" s="20">
+        <v>24.275200000000002</v>
+      </c>
+      <c r="M134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q134" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R134" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B135" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C135" s="19">
+        <v>92102</v>
+      </c>
+      <c r="D135" s="19">
+        <v>92132</v>
+      </c>
+      <c r="E135" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F135" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G135" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H135" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I135" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J135" s="19">
+        <v>140</v>
+      </c>
+      <c r="K135" s="20">
+        <v>64.55</v>
+      </c>
+      <c r="L135" s="20">
+        <v>24.411300000000001</v>
+      </c>
+      <c r="M135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q135" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R135" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="136" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B136" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C136" s="19">
+        <v>92559</v>
+      </c>
+      <c r="D136" s="19">
+        <v>92632</v>
+      </c>
+      <c r="E136" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F136" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G136" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H136" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I136" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J136" s="19">
+        <v>150</v>
+      </c>
+      <c r="K136" s="20">
+        <v>59.14</v>
+      </c>
+      <c r="L136" s="20">
+        <v>22.365400000000001</v>
+      </c>
+      <c r="M136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q136" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R136" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B137" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C137" s="19">
+        <v>92844</v>
+      </c>
+      <c r="D137" s="19">
+        <v>92914</v>
+      </c>
+      <c r="E137" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F137" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G137" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H137" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I137" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J137" s="19">
+        <v>117</v>
+      </c>
+      <c r="K137" s="20">
+        <v>24.41</v>
+      </c>
+      <c r="L137" s="20">
+        <v>9.2312999999999992</v>
+      </c>
+      <c r="M137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q137" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R137" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="138" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B138" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C138" s="19">
+        <v>93823</v>
+      </c>
+      <c r="D138" s="19">
+        <v>93856</v>
+      </c>
+      <c r="E138" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F138" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G138" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H138" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I138" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J138" s="19">
+        <v>152</v>
+      </c>
+      <c r="K138" s="20">
+        <v>42.18</v>
+      </c>
+      <c r="L138" s="20">
+        <v>15.951499999999999</v>
+      </c>
+      <c r="M138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q138" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R138" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="139" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B139" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C139" s="19">
+        <v>94114</v>
+      </c>
+      <c r="D139" s="19">
+        <v>94144</v>
+      </c>
+      <c r="E139" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F139" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G139" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H139" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I139" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J139" s="19">
+        <v>154</v>
+      </c>
+      <c r="K139" s="20">
+        <v>47.1</v>
+      </c>
+      <c r="L139" s="20">
+        <v>17.812100000000001</v>
+      </c>
+      <c r="M139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q139" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R139" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="140" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B140" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C140" s="19">
+        <v>94547</v>
+      </c>
+      <c r="D140" s="19">
+        <v>94614</v>
+      </c>
+      <c r="E140" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F140" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G140" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H140" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I140" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J140" s="19">
+        <v>161</v>
+      </c>
+      <c r="K140" s="20">
+        <v>117.01</v>
+      </c>
+      <c r="L140" s="20">
+        <v>44.250500000000002</v>
+      </c>
+      <c r="M140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q140" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R140" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="141" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B141" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C141" s="19">
+        <v>94953</v>
+      </c>
+      <c r="D141" s="19">
+        <v>95008</v>
+      </c>
+      <c r="E141" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F141" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G141" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H141" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I141" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J141" s="19">
+        <v>155</v>
+      </c>
+      <c r="K141" s="20">
+        <v>11.24</v>
+      </c>
+      <c r="L141" s="20">
+        <v>4.2507000000000001</v>
+      </c>
+      <c r="M141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q141" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R141" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="142" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B142" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C142" s="19">
+        <v>95426</v>
+      </c>
+      <c r="D142" s="19">
+        <v>95450</v>
+      </c>
+      <c r="E142" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F142" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G142" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H142" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I142" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J142" s="19">
+        <v>127</v>
+      </c>
+      <c r="K142" s="20">
+        <v>52.85</v>
+      </c>
+      <c r="L142" s="20">
+        <v>19.986699999999999</v>
+      </c>
+      <c r="M142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q142" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R142" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="143" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B143" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C143" s="19">
+        <v>95708</v>
+      </c>
+      <c r="D143" s="19">
+        <v>95723</v>
+      </c>
+      <c r="E143" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F143" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G143" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H143" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I143" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J143" s="19">
+        <v>115</v>
+      </c>
+      <c r="K143" s="20">
+        <v>7.83</v>
+      </c>
+      <c r="L143" s="20">
+        <v>2.9611000000000001</v>
+      </c>
+      <c r="M143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q143" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R143" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B144" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C144" s="19">
+        <v>100615</v>
+      </c>
+      <c r="D144" s="19">
+        <v>100633</v>
+      </c>
+      <c r="E144" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F144" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G144" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H144" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I144" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J144" s="19">
+        <v>119</v>
+      </c>
+      <c r="K144" s="20">
+        <v>22.38</v>
+      </c>
+      <c r="L144" s="20">
+        <v>8.4635999999999996</v>
+      </c>
+      <c r="M144" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N144" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O144" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P144" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q144" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R144" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="145" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A145" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B145" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C145" s="19">
+        <v>101039</v>
+      </c>
+      <c r="D145" s="19">
+        <v>101054</v>
+      </c>
+      <c r="E145" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F145" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G145" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H145" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I145" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J145" s="19">
+        <v>152</v>
+      </c>
+      <c r="K145" s="20">
+        <v>37.630000000000003</v>
+      </c>
+      <c r="L145" s="20">
+        <v>14.2308</v>
+      </c>
+      <c r="M145" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N145" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O145" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P145" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q145" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R145" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="146" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A146" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B146" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C146" s="19">
+        <v>102053</v>
+      </c>
+      <c r="D146" s="19">
+        <v>102114</v>
+      </c>
+      <c r="E146" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F146" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G146" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H146" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I146" s="19">
+        <v>4</v>
+      </c>
+      <c r="J146" s="19">
+        <v>147</v>
+      </c>
+      <c r="K146" s="20">
+        <v>45.58</v>
+      </c>
+      <c r="L146" s="20">
+        <v>17.237300000000001</v>
+      </c>
+      <c r="M146" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N146" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O146" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P146" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q146" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R146" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="147" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B147" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C147" s="19">
+        <v>102338</v>
+      </c>
+      <c r="D147" s="19">
+        <v>102353</v>
+      </c>
+      <c r="E147" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F147" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G147" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H147" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I147" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J147" s="19">
+        <v>140</v>
+      </c>
+      <c r="K147" s="20">
+        <v>19.73</v>
+      </c>
+      <c r="L147" s="20">
+        <v>7.4614000000000003</v>
+      </c>
+      <c r="M147" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N147" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O147" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P147" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q147" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R147" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="148" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A148" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B148" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C148" s="19">
+        <v>102556</v>
+      </c>
+      <c r="D148" s="19">
+        <v>102617</v>
+      </c>
+      <c r="E148" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F148" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G148" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H148" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I148" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J148" s="19">
+        <v>137</v>
+      </c>
+      <c r="K148" s="20">
+        <v>36.39</v>
+      </c>
+      <c r="L148" s="20">
+        <v>13.761900000000001</v>
+      </c>
+      <c r="M148" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N148" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O148" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P148" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q148" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R148" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="149" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A149" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B149" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C149" s="19">
+        <v>102832</v>
+      </c>
+      <c r="D149" s="19">
+        <v>102850</v>
+      </c>
+      <c r="E149" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F149" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G149" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H149" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I149" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J149" s="19">
+        <v>176</v>
+      </c>
+      <c r="K149" s="20">
+        <v>29.07</v>
+      </c>
+      <c r="L149" s="20">
+        <v>10.993600000000001</v>
+      </c>
+      <c r="M149" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N149" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O149" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P149" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q149" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R149" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="150" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A150" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B150" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C150" s="19">
+        <v>103044</v>
+      </c>
+      <c r="D150" s="19">
+        <v>103105</v>
+      </c>
+      <c r="E150" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F150" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G150" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H150" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I150" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J150" s="19">
+        <v>143</v>
+      </c>
+      <c r="K150" s="20">
+        <v>27.38</v>
+      </c>
+      <c r="L150" s="20">
+        <v>10.3545</v>
+      </c>
+      <c r="M150" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N150" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O150" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P150" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q150" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R150" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="151" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B151" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C151" s="19">
+        <v>103311</v>
+      </c>
+      <c r="D151" s="19">
+        <v>103338</v>
+      </c>
+      <c r="E151" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F151" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G151" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H151" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I151" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J151" s="19">
+        <v>125</v>
+      </c>
+      <c r="K151" s="20">
+        <v>61.39</v>
+      </c>
+      <c r="L151" s="20">
+        <v>23.2163</v>
+      </c>
+      <c r="M151" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N151" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O151" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P151" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q151" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R151" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="152" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A152" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B152" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C152" s="19">
+        <v>103723</v>
+      </c>
+      <c r="D152" s="19">
+        <v>103741</v>
+      </c>
+      <c r="E152" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F152" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G152" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H152" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I152" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J152" s="19">
+        <v>140</v>
+      </c>
+      <c r="K152" s="20">
+        <v>115.61</v>
+      </c>
+      <c r="L152" s="20">
+        <v>43.7211</v>
+      </c>
+      <c r="M152" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N152" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O152" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P152" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q152" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R152" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="153" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A153" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B153" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C153" s="19">
+        <v>104002</v>
+      </c>
+      <c r="D153" s="19">
+        <v>104026</v>
+      </c>
+      <c r="E153" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F153" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G153" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H153" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I153" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J153" s="19">
+        <v>161</v>
+      </c>
+      <c r="K153" s="20">
+        <v>53.28</v>
+      </c>
+      <c r="L153" s="20">
+        <v>20.1493</v>
+      </c>
+      <c r="M153" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N153" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O153" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P153" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q153" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R153" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="154" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A154" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B154" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C154" s="19">
+        <v>104502</v>
+      </c>
+      <c r="D154" s="19">
+        <v>104520</v>
+      </c>
+      <c r="E154" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F154" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G154" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H154" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I154" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J154" s="19">
+        <v>126</v>
+      </c>
+      <c r="K154" s="20">
+        <v>4.93</v>
+      </c>
+      <c r="L154" s="20">
+        <v>1.8644000000000001</v>
+      </c>
+      <c r="M154" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N154" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O154" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P154" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q154" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R154" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="155" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A155" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B155" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C155" s="19">
+        <v>91106</v>
+      </c>
+      <c r="D155" s="19">
+        <v>91126</v>
+      </c>
+      <c r="E155" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F155" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G155" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H155" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I155" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J155" s="19">
+        <v>150</v>
+      </c>
+      <c r="K155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O155" s="20">
+        <v>55.78</v>
+      </c>
+      <c r="P155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q155" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R155" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="156" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A156" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B156" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C156" s="19">
+        <v>91438</v>
+      </c>
+      <c r="D156" s="19">
+        <v>91457</v>
+      </c>
+      <c r="E156" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F156" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G156" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H156" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I156" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J156" s="19">
+        <v>126</v>
+      </c>
+      <c r="K156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O156" s="20">
+        <v>77.13</v>
+      </c>
+      <c r="P156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q156" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R156" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="157" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A157" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B157" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C157" s="19">
+        <v>91730</v>
+      </c>
+      <c r="D157" s="19">
+        <v>91750</v>
+      </c>
+      <c r="E157" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F157" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G157" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H157" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I157" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J157" s="19">
+        <v>136</v>
+      </c>
+      <c r="K157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O157" s="20">
+        <v>64.900000000000006</v>
+      </c>
+      <c r="P157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q157" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R157" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="158" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A158" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B158" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C158" s="19">
+        <v>92054</v>
+      </c>
+      <c r="D158" s="19">
+        <v>92116</v>
+      </c>
+      <c r="E158" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F158" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G158" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H158" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I158" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J158" s="19">
+        <v>139</v>
+      </c>
+      <c r="K158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O158" s="20">
+        <v>84.58</v>
+      </c>
+      <c r="P158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q158" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R158" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="159" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A159" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B159" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C159" s="19">
+        <v>92552</v>
+      </c>
+      <c r="D159" s="19">
+        <v>92628</v>
+      </c>
+      <c r="E159" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F159" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G159" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H159" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I159" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J159" s="19">
+        <v>151</v>
+      </c>
+      <c r="K159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O159" s="20">
+        <v>88.17</v>
+      </c>
+      <c r="P159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q159" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R159" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="160" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A160" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B160" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C160" s="19">
+        <v>93810</v>
+      </c>
+      <c r="D160" s="19">
+        <v>93844</v>
+      </c>
+      <c r="E160" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F160" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G160" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H160" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I160" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J160" s="19">
+        <v>155</v>
+      </c>
+      <c r="K160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O160" s="20">
+        <v>23.6</v>
+      </c>
+      <c r="P160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q160" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R160" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="161" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A161" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B161" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C161" s="19">
+        <v>94542</v>
+      </c>
+      <c r="D161" s="19">
+        <v>94604</v>
+      </c>
+      <c r="E161" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F161" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G161" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H161" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I161" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J161" s="19">
+        <v>160</v>
+      </c>
+      <c r="K161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O161" s="20">
+        <v>102.04</v>
+      </c>
+      <c r="P161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q161" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R161" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="162" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A162" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B162" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C162" s="19">
+        <v>94945</v>
+      </c>
+      <c r="D162" s="19">
+        <v>94955</v>
+      </c>
+      <c r="E162" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F162" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G162" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H162" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I162" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J162" s="19">
+        <v>154</v>
+      </c>
+      <c r="K162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O162" s="20">
+        <v>66.75</v>
+      </c>
+      <c r="P162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q162" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R162" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="163" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A163" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B163" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C163" s="19">
+        <v>95419</v>
+      </c>
+      <c r="D163" s="19">
+        <v>95439</v>
+      </c>
+      <c r="E163" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F163" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G163" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H163" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I163" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J163" s="19">
+        <v>128</v>
+      </c>
+      <c r="K163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O163" s="20">
+        <v>22.49</v>
+      </c>
+      <c r="P163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q163" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R163" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A164" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B164" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C164" s="19">
+        <v>102045</v>
+      </c>
+      <c r="D164" s="19">
+        <v>102102</v>
+      </c>
+      <c r="E164" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F164" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G164" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H164" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I164" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J164" s="19">
+        <v>148</v>
+      </c>
+      <c r="K164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O164" s="20">
+        <v>43.29</v>
+      </c>
+      <c r="P164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q164" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R164" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="165" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A165" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B165" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C165" s="19">
+        <v>102332</v>
+      </c>
+      <c r="D165" s="19">
+        <v>102344</v>
+      </c>
+      <c r="E165" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F165" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G165" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H165" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I165" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J165" s="19">
+        <v>142</v>
+      </c>
+      <c r="K165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O165" s="20">
+        <v>52.18</v>
+      </c>
+      <c r="P165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q165" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R165" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="166" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A166" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B166" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C166" s="19">
+        <v>102548</v>
+      </c>
+      <c r="D166" s="19">
+        <v>102605</v>
+      </c>
+      <c r="E166" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F166" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G166" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H166" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I166" s="19">
+        <v>5.2</v>
+      </c>
+      <c r="J166" s="19">
+        <v>135</v>
+      </c>
+      <c r="K166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O166" s="20">
+        <v>49.67</v>
+      </c>
+      <c r="P166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q166" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R166" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A167" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B167" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C167" s="19">
+        <v>102828</v>
+      </c>
+      <c r="D167" s="19">
+        <v>102840</v>
+      </c>
+      <c r="E167" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F167" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G167" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H167" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I167" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J167" s="19">
+        <v>176</v>
+      </c>
+      <c r="K167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O167" s="20">
+        <v>135.16</v>
+      </c>
+      <c r="P167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q167" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R167" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A168" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B168" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C168" s="19">
+        <v>103036</v>
+      </c>
+      <c r="D168" s="19">
+        <v>103053</v>
+      </c>
+      <c r="E168" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F168" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G168" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H168" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I168" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J168" s="19">
+        <v>146</v>
+      </c>
+      <c r="K168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O168" s="20">
+        <v>108.62</v>
+      </c>
+      <c r="P168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q168" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R168" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A169" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B169" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C169" s="19">
+        <v>103301</v>
+      </c>
+      <c r="D169" s="19">
+        <v>103328</v>
+      </c>
+      <c r="E169" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F169" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G169" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H169" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I169" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J169" s="19">
+        <v>123</v>
+      </c>
+      <c r="K169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O169" s="20">
+        <v>116.59</v>
+      </c>
+      <c r="P169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q169" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R169" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A170" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B170" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C170" s="19">
+        <v>103719</v>
+      </c>
+      <c r="D170" s="19">
+        <v>103731</v>
+      </c>
+      <c r="E170" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F170" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G170" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H170" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I170" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J170" s="19">
+        <v>142</v>
+      </c>
+      <c r="K170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O170" s="20">
+        <v>175.97</v>
+      </c>
+      <c r="P170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q170" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R170" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A171" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B171" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C171" s="19">
+        <v>103959</v>
+      </c>
+      <c r="D171" s="19">
+        <v>104014</v>
+      </c>
+      <c r="E171" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F171" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G171" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H171" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I171" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J171" s="19">
+        <v>163</v>
+      </c>
+      <c r="K171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O171" s="20">
+        <v>75.23</v>
+      </c>
+      <c r="P171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q171" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R171" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A172" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B172" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C172" s="19">
+        <v>104449</v>
+      </c>
+      <c r="D172" s="19">
+        <v>104509</v>
+      </c>
+      <c r="E172" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F172" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G172" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H172" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I172" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J172" s="19">
+        <v>126</v>
+      </c>
+      <c r="K172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O172" s="20">
+        <v>54.89</v>
+      </c>
+      <c r="P172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q172" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R172" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="173" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A173" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B173" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C173" s="19">
+        <v>94104</v>
+      </c>
+      <c r="D173" s="19">
+        <v>94134</v>
+      </c>
+      <c r="E173" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F173" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G173" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H173" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I173" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J173" s="19">
+        <v>155</v>
+      </c>
+      <c r="K173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O173" s="20">
+        <v>88.32</v>
+      </c>
+      <c r="P173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q173" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R173" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="174" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A174" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B174" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C174" s="19">
+        <v>91114</v>
+      </c>
+      <c r="D174" s="19">
+        <v>91132</v>
+      </c>
+      <c r="E174" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F174" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G174" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H174" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I174" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J174" s="19">
+        <v>149</v>
+      </c>
+      <c r="K174" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L174" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M174" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N174" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O174" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P174" s="20">
+        <v>82.08</v>
+      </c>
+      <c r="Q174" s="20">
+        <v>26.317</v>
+      </c>
+      <c r="R174" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="175" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A175" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B175" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C175" s="19">
+        <v>91444</v>
+      </c>
+      <c r="D175" s="19">
+        <v>91505</v>
+      </c>
+      <c r="E175" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F175" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G175" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H175" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I175" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J175" s="19">
+        <v>126</v>
+      </c>
+      <c r="K175" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L175" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M175" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N175" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O175" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P175" s="20">
+        <v>43.9</v>
+      </c>
+      <c r="Q175" s="20">
+        <v>14.0755</v>
+      </c>
+      <c r="R175" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="176" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A176" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B176" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C176" s="19">
+        <v>91738</v>
+      </c>
+      <c r="D176" s="19">
+        <v>91756</v>
+      </c>
+      <c r="E176" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F176" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G176" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H176" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I176" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J176" s="19">
+        <v>137</v>
+      </c>
+      <c r="K176" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L176" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M176" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N176" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O176" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P176" s="20">
+        <v>51.39</v>
+      </c>
+      <c r="Q176" s="20">
+        <v>16.477</v>
+      </c>
+      <c r="R176" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="177" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A177" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B177" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C177" s="19">
+        <v>92102</v>
+      </c>
+      <c r="D177" s="19">
+        <v>92129</v>
+      </c>
+      <c r="E177" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F177" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G177" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H177" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I177" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J177" s="19">
+        <v>140</v>
+      </c>
+      <c r="K177" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L177" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M177" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N177" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O177" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P177" s="20">
+        <v>52.54</v>
+      </c>
+      <c r="Q177" s="20">
+        <v>16.845700000000001</v>
+      </c>
+      <c r="R177" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="178" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A178" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B178" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C178" s="19">
+        <v>92559</v>
+      </c>
+      <c r="D178" s="19">
+        <v>92629</v>
+      </c>
+      <c r="E178" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F178" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G178" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H178" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I178" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J178" s="19">
+        <v>151</v>
+      </c>
+      <c r="K178" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L178" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M178" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N178" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O178" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P178" s="20">
+        <v>47.68</v>
+      </c>
+      <c r="Q178" s="20">
+        <v>15.2874</v>
+      </c>
+      <c r="R178" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="179" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A179" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B179" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C179" s="19">
+        <v>92844</v>
+      </c>
+      <c r="D179" s="19">
+        <v>92917</v>
+      </c>
+      <c r="E179" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F179" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G179" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H179" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I179" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J179" s="19">
+        <v>117</v>
+      </c>
+      <c r="K179" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L179" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M179" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N179" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O179" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P179" s="20">
+        <v>17.68</v>
+      </c>
+      <c r="Q179" s="20">
+        <v>5.6687000000000003</v>
+      </c>
+      <c r="R179" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="180" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A180" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B180" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C180" s="19">
+        <v>93823</v>
+      </c>
+      <c r="D180" s="19">
+        <v>93853</v>
+      </c>
+      <c r="E180" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F180" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G180" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H180" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I180" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J180" s="19">
+        <v>152</v>
+      </c>
+      <c r="K180" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L180" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M180" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N180" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O180" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P180" s="20">
+        <v>36.44</v>
+      </c>
+      <c r="Q180" s="20">
+        <v>11.6836</v>
+      </c>
+      <c r="R180" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="181" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A181" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B181" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C181" s="19">
+        <v>94114</v>
+      </c>
+      <c r="D181" s="19">
+        <v>94141</v>
+      </c>
+      <c r="E181" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F181" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G181" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H181" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I181" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J181" s="19">
+        <v>154</v>
+      </c>
+      <c r="K181" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L181" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M181" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N181" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O181" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P181" s="20">
+        <v>38.799999999999997</v>
+      </c>
+      <c r="Q181" s="20">
+        <v>12.440300000000001</v>
+      </c>
+      <c r="R181" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="182" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A182" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B182" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C182" s="19">
+        <v>94550</v>
+      </c>
+      <c r="D182" s="19">
+        <v>94611</v>
+      </c>
+      <c r="E182" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F182" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G182" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H182" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I182" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J182" s="19">
+        <v>161</v>
+      </c>
+      <c r="K182" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L182" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M182" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N182" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O182" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P182" s="20">
+        <v>104.99</v>
+      </c>
+      <c r="Q182" s="20">
+        <v>33.662500000000001</v>
+      </c>
+      <c r="R182" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="183" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A183" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B183" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C183" s="19">
+        <v>94953</v>
+      </c>
+      <c r="D183" s="19">
+        <v>95008</v>
+      </c>
+      <c r="E183" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F183" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G183" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H183" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I183" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J183" s="19">
+        <v>155</v>
+      </c>
+      <c r="K183" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L183" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M183" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N183" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O183" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P183" s="20">
+        <v>9.82</v>
+      </c>
+      <c r="Q183" s="20">
+        <v>3.1484999999999999</v>
+      </c>
+      <c r="R183" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="184" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A184" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B184" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C184" s="19">
+        <v>95429</v>
+      </c>
+      <c r="D184" s="19">
+        <v>95447</v>
+      </c>
+      <c r="E184" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F184" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G184" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H184" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I184" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J184" s="19">
+        <v>127</v>
+      </c>
+      <c r="K184" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L184" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M184" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N184" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O184" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P184" s="20">
+        <v>51.14</v>
+      </c>
+      <c r="Q184" s="20">
+        <v>16.396799999999999</v>
+      </c>
+      <c r="R184" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="185" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A185" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B185" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C185" s="19">
+        <v>95708</v>
+      </c>
+      <c r="D185" s="19">
+        <v>95723</v>
+      </c>
+      <c r="E185" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F185" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G185" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H185" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I185" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J185" s="19">
+        <v>115</v>
+      </c>
+      <c r="K185" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L185" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M185" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N185" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O185" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P185" s="20">
+        <v>7.14</v>
+      </c>
+      <c r="Q185" s="20">
+        <v>2.2892999999999999</v>
+      </c>
+      <c r="R185" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="186" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A186" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B186" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C186" s="19">
+        <v>100615</v>
+      </c>
+      <c r="D186" s="19">
+        <v>100636</v>
+      </c>
+      <c r="E186" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F186" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G186" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H186" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I186" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J186" s="19">
+        <v>119</v>
+      </c>
+      <c r="K186" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L186" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M186" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N186" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O186" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P186" s="20">
+        <v>17.72</v>
+      </c>
+      <c r="Q186" s="20">
+        <v>5.6814999999999998</v>
+      </c>
+      <c r="R186" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="187" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A187" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B187" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C187" s="19">
+        <v>101039</v>
+      </c>
+      <c r="D187" s="19">
+        <v>101054</v>
+      </c>
+      <c r="E187" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F187" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G187" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H187" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I187" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J187" s="19">
+        <v>152</v>
+      </c>
+      <c r="K187" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L187" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M187" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N187" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O187" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P187" s="20">
+        <v>31.66</v>
+      </c>
+      <c r="Q187" s="20">
+        <v>10.151</v>
+      </c>
+      <c r="R187" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="188" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A188" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B188" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C188" s="19">
+        <v>102053</v>
+      </c>
+      <c r="D188" s="19">
+        <v>102111</v>
+      </c>
+      <c r="E188" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F188" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G188" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H188" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I188" s="19">
+        <v>4</v>
+      </c>
+      <c r="J188" s="19">
+        <v>147</v>
+      </c>
+      <c r="K188" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L188" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M188" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N188" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O188" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P188" s="20">
+        <v>48.52</v>
+      </c>
+      <c r="Q188" s="20">
+        <v>15.556800000000001</v>
+      </c>
+      <c r="R188" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="189" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A189" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B189" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C189" s="19">
+        <v>102341</v>
+      </c>
+      <c r="D189" s="19">
+        <v>102356</v>
+      </c>
+      <c r="E189" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F189" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G189" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H189" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I189" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J189" s="19">
+        <v>140</v>
+      </c>
+      <c r="K189" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L189" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M189" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N189" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O189" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P189" s="20">
+        <v>16.64</v>
+      </c>
+      <c r="Q189" s="20">
+        <v>5.3352000000000004</v>
+      </c>
+      <c r="R189" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="190" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A190" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B190" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C190" s="19">
+        <v>102559</v>
+      </c>
+      <c r="D190" s="19">
+        <v>102614</v>
+      </c>
+      <c r="E190" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F190" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G190" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H190" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I190" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J190" s="19">
+        <v>137</v>
+      </c>
+      <c r="K190" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L190" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M190" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N190" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O190" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P190" s="20">
+        <v>36.86</v>
+      </c>
+      <c r="Q190" s="20">
+        <v>11.818300000000001</v>
+      </c>
+      <c r="R190" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="191" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A191" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B191" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C191" s="19">
+        <v>102832</v>
+      </c>
+      <c r="D191" s="19">
+        <v>102850</v>
+      </c>
+      <c r="E191" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F191" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G191" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H191" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I191" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J191" s="19">
+        <v>176</v>
+      </c>
+      <c r="K191" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L191" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M191" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N191" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O191" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P191" s="20">
+        <v>22.61</v>
+      </c>
+      <c r="Q191" s="20">
+        <v>7.2492999999999999</v>
+      </c>
+      <c r="R191" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="192" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A192" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B192" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C192" s="19">
+        <v>103041</v>
+      </c>
+      <c r="D192" s="19">
+        <v>103108</v>
+      </c>
+      <c r="E192" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F192" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G192" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H192" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I192" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J192" s="19">
+        <v>143</v>
+      </c>
+      <c r="K192" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L192" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M192" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N192" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O192" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P192" s="20">
+        <v>18.420000000000002</v>
+      </c>
+      <c r="Q192" s="20">
+        <v>5.9058999999999999</v>
+      </c>
+      <c r="R192" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="193" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A193" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B193" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C193" s="19">
+        <v>103308</v>
+      </c>
+      <c r="D193" s="19">
+        <v>103341</v>
+      </c>
+      <c r="E193" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F193" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G193" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H193" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I193" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J193" s="19">
+        <v>125</v>
+      </c>
+      <c r="K193" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L193" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M193" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N193" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O193" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P193" s="20">
+        <v>43.56</v>
+      </c>
+      <c r="Q193" s="20">
+        <v>13.9665</v>
+      </c>
+      <c r="R193" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="194" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A194" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B194" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C194" s="19">
+        <v>103723</v>
+      </c>
+      <c r="D194" s="19">
+        <v>103741</v>
+      </c>
+      <c r="E194" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F194" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G194" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H194" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I194" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J194" s="19">
+        <v>140</v>
+      </c>
+      <c r="K194" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L194" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M194" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N194" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O194" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P194" s="20">
+        <v>97.34</v>
+      </c>
+      <c r="Q194" s="20">
+        <v>31.209700000000002</v>
+      </c>
+      <c r="R194" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="195" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A195" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B195" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C195" s="19">
+        <v>104002</v>
+      </c>
+      <c r="D195" s="19">
+        <v>104029</v>
+      </c>
+      <c r="E195" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F195" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G195" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H195" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I195" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J195" s="19">
+        <v>161</v>
+      </c>
+      <c r="K195" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L195" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M195" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N195" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O195" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P195" s="20">
+        <v>43.15</v>
+      </c>
+      <c r="Q195" s="20">
+        <v>13.835000000000001</v>
+      </c>
+      <c r="R195" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="196" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A196" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B196" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C196" s="19">
+        <v>104505</v>
+      </c>
+      <c r="D196" s="19">
+        <v>104523</v>
+      </c>
+      <c r="E196" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F196" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G196" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H196" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I196" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J196" s="19">
+        <v>126</v>
+      </c>
+      <c r="K196" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L196" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M196" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N196" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O196" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P196" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q196" s="20">
+        <v>1.01</v>
+      </c>
+      <c r="R196" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="197" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A197" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B197" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C197" s="19">
+        <v>91112</v>
+      </c>
+      <c r="D197" s="19">
+        <v>91131</v>
+      </c>
+      <c r="E197" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F197" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G197" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H197" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I197" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J197" s="19">
+        <v>149</v>
+      </c>
+      <c r="K197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q197" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R197" s="42">
+        <v>3034.81</v>
+      </c>
+    </row>
+    <row r="198" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A198" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B198" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C198" s="19">
+        <v>91444</v>
+      </c>
+      <c r="D198" s="19">
+        <v>91502</v>
+      </c>
+      <c r="E198" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F198" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G198" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H198" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I198" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J198" s="19">
+        <v>126</v>
+      </c>
+      <c r="K198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q198" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R198" s="42">
+        <v>1968.18</v>
+      </c>
+    </row>
+    <row r="199" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A199" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B199" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C199" s="19">
+        <v>91735</v>
+      </c>
+      <c r="D199" s="19">
+        <v>91753</v>
+      </c>
+      <c r="E199" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F199" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G199" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H199" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I199" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J199" s="19">
+        <v>137</v>
+      </c>
+      <c r="K199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q199" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R199" s="42">
+        <v>2111.38</v>
+      </c>
+    </row>
+    <row r="200" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A200" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B200" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C200" s="19">
+        <v>92100</v>
+      </c>
+      <c r="D200" s="19">
+        <v>92125</v>
+      </c>
+      <c r="E200" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F200" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G200" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H200" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I200" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J200" s="19">
+        <v>140</v>
+      </c>
+      <c r="K200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q200" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R200" s="42">
+        <v>3306.78</v>
+      </c>
+    </row>
+    <row r="201" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A201" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B201" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C201" s="19">
+        <v>92607</v>
+      </c>
+      <c r="D201" s="19">
+        <v>92626</v>
+      </c>
+      <c r="E201" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F201" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G201" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H201" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I201" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J201" s="19">
+        <v>150</v>
+      </c>
+      <c r="K201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q201" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R201" s="42">
+        <v>3043.11</v>
+      </c>
+    </row>
+    <row r="202" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A202" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B202" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C202" s="19">
+        <v>92843</v>
+      </c>
+      <c r="D202" s="19">
+        <v>92914</v>
+      </c>
+      <c r="E202" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F202" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G202" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H202" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I202" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J202" s="19">
+        <v>117</v>
+      </c>
+      <c r="K202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q202" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R202" s="42">
+        <v>1117.6400000000001</v>
+      </c>
+    </row>
+    <row r="203" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A203" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B203" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C203" s="19">
+        <v>93820</v>
+      </c>
+      <c r="D203" s="19">
+        <v>93851</v>
+      </c>
+      <c r="E203" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F203" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G203" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H203" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I203" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J203" s="19">
+        <v>153</v>
+      </c>
+      <c r="K203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q203" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R203" s="42">
+        <v>1204.4100000000001</v>
+      </c>
+    </row>
+    <row r="204" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A204" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B204" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C204" s="19">
+        <v>94108</v>
+      </c>
+      <c r="D204" s="19">
+        <v>94139</v>
+      </c>
+      <c r="E204" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F204" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G204" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H204" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I204" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J204" s="19">
+        <v>154</v>
+      </c>
+      <c r="K204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q204" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R204" s="42">
+        <v>2002.38</v>
+      </c>
+    </row>
+    <row r="205" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A205" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B205" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C205" s="19">
+        <v>94545</v>
+      </c>
+      <c r="D205" s="19">
+        <v>94610</v>
+      </c>
+      <c r="E205" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F205" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G205" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H205" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I205" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J205" s="19">
+        <v>160</v>
+      </c>
+      <c r="K205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q205" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R205" s="42">
+        <v>4684.84</v>
+      </c>
+    </row>
+    <row r="206" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A206" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B206" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C206" s="19">
+        <v>94953</v>
+      </c>
+      <c r="D206" s="19">
+        <v>95006</v>
+      </c>
+      <c r="E206" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F206" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G206" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H206" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I206" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J206" s="19">
+        <v>155</v>
+      </c>
+      <c r="K206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q206" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R206" s="42">
+        <v>413.43</v>
+      </c>
+    </row>
+    <row r="207" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A207" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B207" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C207" s="19">
+        <v>95424</v>
+      </c>
+      <c r="D207" s="19">
+        <v>95449</v>
+      </c>
+      <c r="E207" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F207" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G207" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H207" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I207" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J207" s="19">
+        <v>127</v>
+      </c>
+      <c r="K207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q207" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R207" s="42">
+        <v>1797.07</v>
+      </c>
+    </row>
+    <row r="208" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A208" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B208" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C208" s="19">
+        <v>95705</v>
+      </c>
+      <c r="D208" s="19">
+        <v>95724</v>
+      </c>
+      <c r="E208" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F208" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G208" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H208" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I208" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J208" s="19">
+        <v>114</v>
+      </c>
+      <c r="K208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q208" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R208" s="42">
+        <v>274.77</v>
+      </c>
+    </row>
+    <row r="209" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A209" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B209" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C209" s="19">
+        <v>100612</v>
+      </c>
+      <c r="D209" s="19">
+        <v>100631</v>
+      </c>
+      <c r="E209" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F209" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G209" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H209" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I209" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J209" s="19">
+        <v>118</v>
+      </c>
+      <c r="K209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q209" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R209" s="42">
+        <v>727.33</v>
+      </c>
+    </row>
+    <row r="210" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A210" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B210" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C210" s="19">
+        <v>101034</v>
+      </c>
+      <c r="D210" s="19">
+        <v>101055</v>
+      </c>
+      <c r="E210" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F210" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G210" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H210" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I210" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J210" s="19">
+        <v>152</v>
+      </c>
+      <c r="K210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q210" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R210" s="42">
+        <v>1467.12</v>
+      </c>
+    </row>
+    <row r="211" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A211" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B211" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C211" s="19">
+        <v>102050</v>
+      </c>
+      <c r="D211" s="19">
+        <v>102115</v>
+      </c>
+      <c r="E211" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F211" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G211" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H211" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I211" s="19">
+        <v>4</v>
+      </c>
+      <c r="J211" s="19">
+        <v>148</v>
+      </c>
+      <c r="K211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q211" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R211" s="42">
+        <v>1333.72</v>
+      </c>
+    </row>
+    <row r="212" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A212" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B212" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C212" s="19">
+        <v>102331</v>
+      </c>
+      <c r="D212" s="19">
+        <v>102356</v>
+      </c>
+      <c r="E212" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F212" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G212" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H212" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I212" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J212" s="19">
+        <v>141</v>
+      </c>
+      <c r="K212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q212" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R212" s="42">
+        <v>778.59</v>
+      </c>
+    </row>
+    <row r="213" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A213" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B213" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C213" s="19">
+        <v>102551</v>
+      </c>
+      <c r="D213" s="19">
+        <v>102616</v>
+      </c>
+      <c r="E213" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F213" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G213" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H213" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I213" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J213" s="19">
+        <v>136</v>
+      </c>
+      <c r="K213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q213" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R213" s="42">
+        <v>1324.3</v>
+      </c>
+    </row>
+    <row r="214" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A214" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B214" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C214" s="19">
+        <v>102827</v>
+      </c>
+      <c r="D214" s="19">
+        <v>102852</v>
+      </c>
+      <c r="E214" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F214" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G214" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H214" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I214" s="19">
+        <v>3</v>
+      </c>
+      <c r="J214" s="19">
+        <v>176</v>
+      </c>
+      <c r="K214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q214" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R214" s="42">
+        <v>1175.75</v>
+      </c>
+    </row>
+    <row r="215" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A215" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B215" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C215" s="19">
+        <v>103043</v>
+      </c>
+      <c r="D215" s="19">
+        <v>103102</v>
+      </c>
+      <c r="E215" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F215" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G215" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H215" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I215" s="19">
+        <v>4.2</v>
+      </c>
+      <c r="J215" s="19">
+        <v>144</v>
+      </c>
+      <c r="K215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q215" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R215" s="42">
+        <v>1301.98</v>
+      </c>
+    </row>
+    <row r="216" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A216" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B216" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C216" s="19">
+        <v>103306</v>
+      </c>
+      <c r="D216" s="19">
+        <v>103331</v>
+      </c>
+      <c r="E216" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F216" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G216" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H216" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I216" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J216" s="19">
+        <v>124</v>
+      </c>
+      <c r="K216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q216" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R216" s="42">
+        <v>3473.57</v>
+      </c>
+    </row>
+    <row r="217" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A217" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B217" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C217" s="19">
+        <v>103718</v>
+      </c>
+      <c r="D217" s="19">
+        <v>103737</v>
+      </c>
+      <c r="E217" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F217" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G217" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H217" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I217" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J217" s="19">
+        <v>141</v>
+      </c>
+      <c r="K217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q217" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R217" s="42">
+        <v>4461.26</v>
+      </c>
+    </row>
+    <row r="218" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A218" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B218" s="19">
+        <v>240322</v>
+      </c>
+      <c r="C218" s="19">
+        <v>104000</v>
+      </c>
+      <c r="D218" s="19">
+        <v>104025</v>
+      </c>
+      <c r="E218" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F218" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G218" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H218" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I218" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J218" s="19">
+        <v>162</v>
+      </c>
+      <c r="K218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q218" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R218" s="42">
+        <v>2933.83</v>
+      </c>
+    </row>
+    <row r="219" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="27">
+        <v>2024</v>
+      </c>
+      <c r="B219" s="28">
+        <v>240322</v>
+      </c>
+      <c r="C219" s="28">
+        <v>104458</v>
+      </c>
+      <c r="D219" s="28">
+        <v>104523</v>
+      </c>
+      <c r="E219" s="28">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F219" s="28">
+        <v>40.2181</v>
+      </c>
+      <c r="G219" s="28">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H219" s="28">
+        <v>-104.724</v>
+      </c>
+      <c r="I219" s="28">
+        <v>3.9</v>
+      </c>
+      <c r="J219" s="28">
+        <v>126</v>
+      </c>
+      <c r="K219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="L219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="M219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="N219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="O219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="P219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q219" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="R219" s="43">
+        <v>112.26</v>
+      </c>
+    </row>
+    <row r="220" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A220" s="14" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:R125"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="39" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
+        <v>2024</v>
+      </c>
+      <c r="B3" s="22">
+        <v>240404</v>
+      </c>
+      <c r="C3" s="22">
+        <v>95640</v>
+      </c>
+      <c r="D3" s="22">
+        <v>95658</v>
+      </c>
+      <c r="E3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G3" s="22">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H3" s="22">
+        <v>-104.721</v>
+      </c>
+      <c r="I3" s="22">
+        <v>2</v>
+      </c>
+      <c r="J3" s="22">
+        <v>209</v>
+      </c>
+      <c r="K3" s="40">
+        <v>7.36</v>
+      </c>
+      <c r="L3" s="40">
+        <v>2.8439999999999999</v>
+      </c>
+      <c r="M3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="41" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B4" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C4" s="19">
+        <v>101504</v>
+      </c>
+      <c r="D4" s="19">
+        <v>101516</v>
+      </c>
+      <c r="E4" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F4" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G4" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H4" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I4" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J4" s="19">
+        <v>149</v>
+      </c>
+      <c r="K4" s="20">
+        <v>27.17</v>
+      </c>
+      <c r="L4" s="20">
+        <v>10.498799999999999</v>
+      </c>
+      <c r="M4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q4" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B5" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C5" s="19">
+        <v>101943</v>
+      </c>
+      <c r="D5" s="19">
+        <v>102007</v>
+      </c>
+      <c r="E5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G5" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H5" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I5" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J5" s="19">
+        <v>151</v>
+      </c>
+      <c r="K5" s="20">
+        <v>100.87</v>
+      </c>
+      <c r="L5" s="20">
+        <v>38.977200000000003</v>
+      </c>
+      <c r="M5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B6" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C6" s="19">
+        <v>102740</v>
+      </c>
+      <c r="D6" s="19">
+        <v>102758</v>
+      </c>
+      <c r="E6" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F6" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G6" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H6" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I6" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J6" s="19">
+        <v>137</v>
+      </c>
+      <c r="K6" s="20">
+        <v>30.8</v>
+      </c>
+      <c r="L6" s="20">
+        <v>11.901400000000001</v>
+      </c>
+      <c r="M6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q6" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R6" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B7" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C7" s="19">
+        <v>103122</v>
+      </c>
+      <c r="D7" s="19">
+        <v>103149</v>
+      </c>
+      <c r="E7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G7" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H7" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I7" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J7" s="19">
+        <v>112</v>
+      </c>
+      <c r="K7" s="20">
+        <v>19.07</v>
+      </c>
+      <c r="L7" s="20">
+        <v>7.3689</v>
+      </c>
+      <c r="M7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R7" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B8" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C8" s="19">
+        <v>103528</v>
+      </c>
+      <c r="D8" s="19">
+        <v>103549</v>
+      </c>
+      <c r="E8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G8" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H8" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I8" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J8" s="19">
+        <v>139</v>
+      </c>
+      <c r="K8" s="20">
+        <v>47.63</v>
+      </c>
+      <c r="L8" s="20">
+        <v>18.404699999999998</v>
+      </c>
+      <c r="M8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B9" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C9" s="19">
+        <v>104220</v>
+      </c>
+      <c r="D9" s="19">
+        <v>104235</v>
+      </c>
+      <c r="E9" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F9" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G9" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H9" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I9" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J9" s="19">
+        <v>129</v>
+      </c>
+      <c r="K9" s="20">
+        <v>2.39</v>
+      </c>
+      <c r="L9" s="20">
+        <v>0.92349999999999999</v>
+      </c>
+      <c r="M9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B10" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C10" s="19">
+        <v>104602</v>
+      </c>
+      <c r="D10" s="19">
+        <v>104629</v>
+      </c>
+      <c r="E10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G10" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H10" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I10" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J10" s="19">
+        <v>129</v>
+      </c>
+      <c r="K10" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L10" s="20">
+        <v>0.52170000000000005</v>
+      </c>
+      <c r="M10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B11" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C11" s="19">
+        <v>105211</v>
+      </c>
+      <c r="D11" s="19">
+        <v>105223</v>
+      </c>
+      <c r="E11" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F11" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G11" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H11" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I11" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J11" s="19">
+        <v>152</v>
+      </c>
+      <c r="K11" s="20">
+        <v>15.73</v>
+      </c>
+      <c r="L11" s="20">
+        <v>6.0781999999999998</v>
+      </c>
+      <c r="M11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q11" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R11" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B12" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C12" s="19">
+        <v>105602</v>
+      </c>
+      <c r="D12" s="19">
+        <v>105626</v>
+      </c>
+      <c r="E12" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F12" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G12" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H12" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I12" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J12" s="19">
+        <v>150</v>
+      </c>
+      <c r="K12" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L12" s="20">
+        <v>0.52170000000000005</v>
+      </c>
+      <c r="M12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q12" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R12" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B13" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C13" s="19">
+        <v>110008</v>
+      </c>
+      <c r="D13" s="19">
+        <v>110053</v>
+      </c>
+      <c r="E13" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F13" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G13" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H13" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I13" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J13" s="19">
+        <v>185</v>
+      </c>
+      <c r="K13" s="20">
+        <v>35.04</v>
+      </c>
+      <c r="L13" s="20">
+        <v>13.5398</v>
+      </c>
+      <c r="M13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q13" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R13" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B14" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C14" s="19">
+        <v>110438</v>
+      </c>
+      <c r="D14" s="19">
+        <v>110453</v>
+      </c>
+      <c r="E14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G14" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H14" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I14" s="19">
+        <v>4</v>
+      </c>
+      <c r="J14" s="19">
+        <v>139</v>
+      </c>
+      <c r="K14" s="20">
+        <v>111.07</v>
+      </c>
+      <c r="L14" s="20">
+        <v>42.918599999999998</v>
+      </c>
+      <c r="M14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q14" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R14" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B15" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C15" s="19">
+        <v>111626</v>
+      </c>
+      <c r="D15" s="19">
+        <v>111638</v>
+      </c>
+      <c r="E15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G15" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H15" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I15" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J15" s="19">
+        <v>154</v>
+      </c>
+      <c r="K15" s="20">
+        <v>19.34</v>
+      </c>
+      <c r="L15" s="20">
+        <v>7.4732000000000003</v>
+      </c>
+      <c r="M15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q15" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R15" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B16" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C16" s="19">
+        <v>112120</v>
+      </c>
+      <c r="D16" s="19">
+        <v>112138</v>
+      </c>
+      <c r="E16" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F16" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G16" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H16" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I16" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J16" s="19">
+        <v>149</v>
+      </c>
+      <c r="K16" s="20">
+        <v>25.01</v>
+      </c>
+      <c r="L16" s="20">
+        <v>9.6640999999999995</v>
+      </c>
+      <c r="M16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q16" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R16" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B17" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C17" s="19">
+        <v>112538</v>
+      </c>
+      <c r="D17" s="19">
+        <v>112553</v>
+      </c>
+      <c r="E17" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F17" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G17" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H17" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I17" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J17" s="19">
+        <v>137</v>
+      </c>
+      <c r="K17" s="20">
+        <v>12.14</v>
+      </c>
+      <c r="L17" s="20">
+        <v>4.6909999999999998</v>
+      </c>
+      <c r="M17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q17" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R17" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B18" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C18" s="19">
+        <v>113023</v>
+      </c>
+      <c r="D18" s="19">
+        <v>113038</v>
+      </c>
+      <c r="E18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G18" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H18" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I18" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J18" s="19">
+        <v>123</v>
+      </c>
+      <c r="K18" s="20">
+        <v>29.65</v>
+      </c>
+      <c r="L18" s="20">
+        <v>11.457100000000001</v>
+      </c>
+      <c r="M18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q18" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R18" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B19" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C19" s="19">
+        <v>113356</v>
+      </c>
+      <c r="D19" s="19">
+        <v>113411</v>
+      </c>
+      <c r="E19" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F19" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G19" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H19" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I19" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J19" s="19">
+        <v>146</v>
+      </c>
+      <c r="K19" s="20">
+        <v>6.41</v>
+      </c>
+      <c r="L19" s="20">
+        <v>2.4769000000000001</v>
+      </c>
+      <c r="M19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q19" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R19" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B20" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C20" s="19">
+        <v>113908</v>
+      </c>
+      <c r="D20" s="19">
+        <v>113926</v>
+      </c>
+      <c r="E20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G20" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H20" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I20" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J20" s="19">
+        <v>145</v>
+      </c>
+      <c r="K20" s="20">
+        <v>36.950000000000003</v>
+      </c>
+      <c r="L20" s="20">
+        <v>14.277900000000001</v>
+      </c>
+      <c r="M20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q20" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R20" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B21" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C21" s="19">
+        <v>114308</v>
+      </c>
+      <c r="D21" s="19">
+        <v>114323</v>
+      </c>
+      <c r="E21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G21" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H21" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I21" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J21" s="19">
+        <v>152</v>
+      </c>
+      <c r="K21" s="20">
+        <v>13.96</v>
+      </c>
+      <c r="L21" s="20">
+        <v>5.3943000000000003</v>
+      </c>
+      <c r="M21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q21" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R21" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B22" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C22" s="19">
+        <v>114659</v>
+      </c>
+      <c r="D22" s="19">
+        <v>114717</v>
+      </c>
+      <c r="E22" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F22" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G22" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H22" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I22" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J22" s="19">
+        <v>183</v>
+      </c>
+      <c r="K22" s="20">
+        <v>25.88</v>
+      </c>
+      <c r="L22" s="20">
+        <v>10.000299999999999</v>
+      </c>
+      <c r="M22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q22" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R22" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B23" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C23" s="19">
+        <v>115047</v>
+      </c>
+      <c r="D23" s="19">
+        <v>115059</v>
+      </c>
+      <c r="E23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G23" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H23" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I23" s="19">
+        <v>5.4</v>
+      </c>
+      <c r="J23" s="19">
+        <v>144</v>
+      </c>
+      <c r="K23" s="20">
+        <v>47.08</v>
+      </c>
+      <c r="L23" s="20">
+        <v>18.1922</v>
+      </c>
+      <c r="M23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q23" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R23" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B24" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C24" s="19">
+        <v>115517</v>
+      </c>
+      <c r="D24" s="19">
+        <v>115538</v>
+      </c>
+      <c r="E24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G24" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H24" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I24" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J24" s="19">
+        <v>131</v>
+      </c>
+      <c r="K24" s="20">
+        <v>49.93</v>
+      </c>
+      <c r="L24" s="20">
+        <v>19.293500000000002</v>
+      </c>
+      <c r="M24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q24" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R24" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B25" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C25" s="19">
+        <v>122210</v>
+      </c>
+      <c r="D25" s="19">
+        <v>122222</v>
+      </c>
+      <c r="E25" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F25" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G25" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H25" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I25" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J25" s="19">
+        <v>126</v>
+      </c>
+      <c r="K25" s="20">
+        <v>14.58</v>
+      </c>
+      <c r="L25" s="20">
+        <v>5.6338999999999997</v>
+      </c>
+      <c r="M25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R25" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B26" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C26" s="19">
+        <v>95641</v>
+      </c>
+      <c r="D26" s="19">
+        <v>95655</v>
+      </c>
+      <c r="E26" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F26" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G26" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H26" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I26" s="19">
+        <v>2</v>
+      </c>
+      <c r="J26" s="19">
+        <v>209</v>
+      </c>
+      <c r="K26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O26" s="20">
+        <v>11.65</v>
+      </c>
+      <c r="P26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R26" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B27" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C27" s="19">
+        <v>100027</v>
+      </c>
+      <c r="D27" s="19">
+        <v>100047</v>
+      </c>
+      <c r="E27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G27" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H27" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I27" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J27" s="19">
+        <v>127</v>
+      </c>
+      <c r="K27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="20">
+        <v>3.85</v>
+      </c>
+      <c r="P27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R27" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B28" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C28" s="19">
+        <v>101454</v>
+      </c>
+      <c r="D28" s="19">
+        <v>101507</v>
+      </c>
+      <c r="E28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F28" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G28" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H28" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I28" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J28" s="19">
+        <v>149</v>
+      </c>
+      <c r="K28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O28" s="20">
+        <v>9.66</v>
+      </c>
+      <c r="P28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R28" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B29" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C29" s="19">
+        <v>101925</v>
+      </c>
+      <c r="D29" s="19">
+        <v>102004</v>
+      </c>
+      <c r="E29" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F29" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G29" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H29" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I29" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J29" s="19">
+        <v>162</v>
+      </c>
+      <c r="K29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="20">
+        <v>13.42</v>
+      </c>
+      <c r="P29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R29" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C30" s="19">
+        <v>102733</v>
+      </c>
+      <c r="D30" s="19">
+        <v>102800</v>
+      </c>
+      <c r="E30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G30" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H30" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I30" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J30" s="19">
+        <v>137</v>
+      </c>
+      <c r="K30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30" s="20">
+        <v>12.04</v>
+      </c>
+      <c r="P30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R30" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C31" s="19">
+        <v>103517</v>
+      </c>
+      <c r="D31" s="19">
+        <v>103542</v>
+      </c>
+      <c r="E31" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F31" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G31" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H31" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I31" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J31" s="19">
+        <v>138</v>
+      </c>
+      <c r="K31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O31" s="20">
+        <v>27.61</v>
+      </c>
+      <c r="P31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R31" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C32" s="19">
+        <v>111734</v>
+      </c>
+      <c r="D32" s="19">
+        <v>111740</v>
+      </c>
+      <c r="E32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G32" s="19">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="H32" s="19">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I32" s="19">
+        <v>5.0999999999999996</v>
+      </c>
+      <c r="J32" s="19">
+        <v>165</v>
+      </c>
+      <c r="K32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="20">
+        <v>27.87</v>
+      </c>
+      <c r="P32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R32" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B33" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C33" s="19">
+        <v>112112</v>
+      </c>
+      <c r="D33" s="19">
+        <v>112122</v>
+      </c>
+      <c r="E33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G33" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H33" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I33" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J33" s="19">
+        <v>153</v>
+      </c>
+      <c r="K33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="20">
+        <v>7.4</v>
+      </c>
+      <c r="P33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R33" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B34" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C34" s="19">
+        <v>112531</v>
+      </c>
+      <c r="D34" s="19">
+        <v>112550</v>
+      </c>
+      <c r="E34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G34" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H34" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I34" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J34" s="19">
+        <v>136</v>
+      </c>
+      <c r="K34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="20">
+        <v>11.75</v>
+      </c>
+      <c r="P34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R34" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B35" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C35" s="19">
+        <v>113007</v>
+      </c>
+      <c r="D35" s="19">
+        <v>113034</v>
+      </c>
+      <c r="E35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G35" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H35" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I35" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J35" s="19">
+        <v>125</v>
+      </c>
+      <c r="K35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="20">
+        <v>14.74</v>
+      </c>
+      <c r="P35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R35" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B36" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C36" s="19">
+        <v>113347</v>
+      </c>
+      <c r="D36" s="19">
+        <v>113404</v>
+      </c>
+      <c r="E36" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F36" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G36" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H36" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I36" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J36" s="19">
+        <v>145</v>
+      </c>
+      <c r="K36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="20">
+        <v>8.5299999999999994</v>
+      </c>
+      <c r="P36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R36" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B37" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C37" s="19">
+        <v>114235</v>
+      </c>
+      <c r="D37" s="19">
+        <v>114315</v>
+      </c>
+      <c r="E37" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F37" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G37" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H37" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I37" s="19">
+        <v>4.5</v>
+      </c>
+      <c r="J37" s="19">
+        <v>149</v>
+      </c>
+      <c r="K37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="20">
+        <v>19.399999999999999</v>
+      </c>
+      <c r="P37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R37" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B38" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C38" s="19">
+        <v>114649</v>
+      </c>
+      <c r="D38" s="19">
+        <v>114707</v>
+      </c>
+      <c r="E38" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F38" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G38" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H38" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I38" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J38" s="19">
+        <v>182</v>
+      </c>
+      <c r="K38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="20">
+        <v>21.48</v>
+      </c>
+      <c r="P38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R38" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B39" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C39" s="19">
+        <v>115037</v>
+      </c>
+      <c r="D39" s="19">
+        <v>115054</v>
+      </c>
+      <c r="E39" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F39" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G39" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H39" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I39" s="19">
+        <v>5.5</v>
+      </c>
+      <c r="J39" s="19">
+        <v>143</v>
+      </c>
+      <c r="K39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="20">
+        <v>19.12</v>
+      </c>
+      <c r="P39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R39" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B40" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C40" s="19">
+        <v>115508</v>
+      </c>
+      <c r="D40" s="19">
+        <v>115520</v>
+      </c>
+      <c r="E40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F40" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G40" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H40" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I40" s="19">
+        <v>5.6</v>
+      </c>
+      <c r="J40" s="19">
+        <v>133</v>
+      </c>
+      <c r="K40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="20">
+        <v>28.91</v>
+      </c>
+      <c r="P40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R40" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B41" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C41" s="19">
+        <v>104559</v>
+      </c>
+      <c r="D41" s="19">
+        <v>104632</v>
+      </c>
+      <c r="E41" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F41" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G41" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H41" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I41" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J41" s="19">
+        <v>129</v>
+      </c>
+      <c r="K41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="20">
+        <v>7.1</v>
+      </c>
+      <c r="P41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R41" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B42" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C42" s="19">
+        <v>105203</v>
+      </c>
+      <c r="D42" s="19">
+        <v>105213</v>
+      </c>
+      <c r="E42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F42" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G42" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H42" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I42" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J42" s="19">
+        <v>152</v>
+      </c>
+      <c r="K42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="20">
+        <v>23.68</v>
+      </c>
+      <c r="P42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R42" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B43" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C43" s="19">
+        <v>105600</v>
+      </c>
+      <c r="D43" s="19">
+        <v>105619</v>
+      </c>
+      <c r="E43" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F43" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G43" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H43" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I43" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J43" s="19">
+        <v>152</v>
+      </c>
+      <c r="K43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="20">
+        <v>14.79</v>
+      </c>
+      <c r="P43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R43" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B44" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C44" s="19">
+        <v>105956</v>
+      </c>
+      <c r="D44" s="19">
+        <v>110048</v>
+      </c>
+      <c r="E44" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F44" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G44" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H44" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I44" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J44" s="19">
+        <v>184</v>
+      </c>
+      <c r="K44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="20">
+        <v>31.96</v>
+      </c>
+      <c r="P44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R44" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B45" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C45" s="19">
+        <v>110420</v>
+      </c>
+      <c r="D45" s="19">
+        <v>110445</v>
+      </c>
+      <c r="E45" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F45" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G45" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H45" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I45" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J45" s="19">
+        <v>144</v>
+      </c>
+      <c r="K45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="20">
+        <v>33.979999999999997</v>
+      </c>
+      <c r="P45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R45" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B46" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C46" s="19">
+        <v>101504</v>
+      </c>
+      <c r="D46" s="19">
+        <v>101519</v>
+      </c>
+      <c r="E46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F46" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G46" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H46" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I46" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J46" s="19">
+        <v>149</v>
+      </c>
+      <c r="K46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" s="20">
+        <v>17.03</v>
+      </c>
+      <c r="Q46" s="20">
+        <v>5.5791000000000004</v>
+      </c>
+      <c r="R46" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B47" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C47" s="19">
+        <v>101940</v>
+      </c>
+      <c r="D47" s="19">
+        <v>102007</v>
+      </c>
+      <c r="E47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F47" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G47" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H47" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I47" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J47" s="19">
+        <v>152</v>
+      </c>
+      <c r="K47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P47" s="20">
+        <v>64.040000000000006</v>
+      </c>
+      <c r="Q47" s="20">
+        <v>20.979900000000001</v>
+      </c>
+      <c r="R47" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B48" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C48" s="19">
+        <v>102740</v>
+      </c>
+      <c r="D48" s="19">
+        <v>102758</v>
+      </c>
+      <c r="E48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G48" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H48" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I48" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J48" s="19">
+        <v>137</v>
+      </c>
+      <c r="K48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" s="20">
+        <v>21.66</v>
+      </c>
+      <c r="Q48" s="20">
+        <v>7.0959000000000003</v>
+      </c>
+      <c r="R48" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B49" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C49" s="19">
+        <v>103125</v>
+      </c>
+      <c r="D49" s="19">
+        <v>103146</v>
+      </c>
+      <c r="E49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G49" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H49" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I49" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J49" s="19">
+        <v>112</v>
+      </c>
+      <c r="K49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" s="20">
+        <v>15.53</v>
+      </c>
+      <c r="Q49" s="20">
+        <v>5.0876999999999999</v>
+      </c>
+      <c r="R49" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B50" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C50" s="19">
+        <v>103528</v>
+      </c>
+      <c r="D50" s="19">
+        <v>103549</v>
+      </c>
+      <c r="E50" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F50" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G50" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H50" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I50" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J50" s="19">
+        <v>139</v>
+      </c>
+      <c r="K50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P50" s="20">
+        <v>33.659999999999997</v>
+      </c>
+      <c r="Q50" s="20">
+        <v>11.027200000000001</v>
+      </c>
+      <c r="R50" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B51" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C51" s="19">
+        <v>104223</v>
+      </c>
+      <c r="D51" s="19">
+        <v>104235</v>
+      </c>
+      <c r="E51" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F51" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G51" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H51" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I51" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J51" s="19">
+        <v>129</v>
+      </c>
+      <c r="K51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P51" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q51" s="20">
+        <v>1.032</v>
+      </c>
+      <c r="R51" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B52" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C52" s="19">
+        <v>104602</v>
+      </c>
+      <c r="D52" s="19">
+        <v>104626</v>
+      </c>
+      <c r="E52" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F52" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G52" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H52" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I52" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J52" s="19">
+        <v>130</v>
+      </c>
+      <c r="K52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P52" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q52" s="20">
+        <v>1.032</v>
+      </c>
+      <c r="R52" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B53" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C53" s="19">
+        <v>105211</v>
+      </c>
+      <c r="D53" s="19">
+        <v>105226</v>
+      </c>
+      <c r="E53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G53" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H53" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I53" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J53" s="19">
+        <v>152</v>
+      </c>
+      <c r="K53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P53" s="20">
+        <v>9.17</v>
+      </c>
+      <c r="Q53" s="20">
+        <v>3.0041000000000002</v>
+      </c>
+      <c r="R53" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B54" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C54" s="19">
+        <v>110011</v>
+      </c>
+      <c r="D54" s="19">
+        <v>110044</v>
+      </c>
+      <c r="E54" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F54" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G54" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H54" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I54" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J54" s="19">
+        <v>185</v>
+      </c>
+      <c r="K54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P54" s="20">
+        <v>30.98</v>
+      </c>
+      <c r="Q54" s="20">
+        <v>10.1492</v>
+      </c>
+      <c r="R54" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B55" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C55" s="19">
+        <v>110438</v>
+      </c>
+      <c r="D55" s="19">
+        <v>110456</v>
+      </c>
+      <c r="E55" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F55" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G55" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H55" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I55" s="19">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="J55" s="19">
+        <v>138</v>
+      </c>
+      <c r="K55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" s="20">
+        <v>65.599999999999994</v>
+      </c>
+      <c r="Q55" s="20">
+        <v>21.491</v>
+      </c>
+      <c r="R55" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B56" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C56" s="19">
+        <v>111626</v>
+      </c>
+      <c r="D56" s="19">
+        <v>111641</v>
+      </c>
+      <c r="E56" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F56" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G56" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H56" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I56" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J56" s="19">
+        <v>154</v>
+      </c>
+      <c r="K56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="20">
+        <v>11.34</v>
+      </c>
+      <c r="Q56" s="20">
+        <v>3.7151000000000001</v>
+      </c>
+      <c r="R56" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B57" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C57" s="19">
+        <v>112120</v>
+      </c>
+      <c r="D57" s="19">
+        <v>112138</v>
+      </c>
+      <c r="E57" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F57" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G57" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H57" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I57" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J57" s="19">
+        <v>149</v>
+      </c>
+      <c r="K57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="20">
+        <v>18.55</v>
+      </c>
+      <c r="Q57" s="20">
+        <v>6.0770999999999997</v>
+      </c>
+      <c r="R57" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B58" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C58" s="19">
+        <v>112538</v>
+      </c>
+      <c r="D58" s="19">
+        <v>112559</v>
+      </c>
+      <c r="E58" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F58" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G58" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H58" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I58" s="19">
+        <v>3.4</v>
+      </c>
+      <c r="J58" s="19">
+        <v>138</v>
+      </c>
+      <c r="K58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P58" s="20">
+        <v>9.11</v>
+      </c>
+      <c r="Q58" s="20">
+        <v>2.9845000000000002</v>
+      </c>
+      <c r="R58" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B59" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C59" s="19">
+        <v>113020</v>
+      </c>
+      <c r="D59" s="19">
+        <v>113035</v>
+      </c>
+      <c r="E59" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F59" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G59" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H59" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I59" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J59" s="19">
+        <v>124</v>
+      </c>
+      <c r="K59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" s="20">
+        <v>21.19</v>
+      </c>
+      <c r="Q59" s="20">
+        <v>6.9420000000000002</v>
+      </c>
+      <c r="R59" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B60" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C60" s="19">
+        <v>113356</v>
+      </c>
+      <c r="D60" s="19">
+        <v>113411</v>
+      </c>
+      <c r="E60" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F60" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G60" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H60" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I60" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J60" s="19">
+        <v>146</v>
+      </c>
+      <c r="K60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P60" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q60" s="20">
+        <v>1.032</v>
+      </c>
+      <c r="R60" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B61" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C61" s="19">
+        <v>113908</v>
+      </c>
+      <c r="D61" s="19">
+        <v>113920</v>
+      </c>
+      <c r="E61" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F61" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G61" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H61" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I61" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J61" s="19">
+        <v>147</v>
+      </c>
+      <c r="K61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" s="20">
+        <v>34.39</v>
+      </c>
+      <c r="Q61" s="20">
+        <v>11.266400000000001</v>
+      </c>
+      <c r="R61" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B62" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C62" s="19">
+        <v>114308</v>
+      </c>
+      <c r="D62" s="19">
+        <v>114323</v>
+      </c>
+      <c r="E62" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F62" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G62" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H62" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I62" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J62" s="19">
+        <v>152</v>
+      </c>
+      <c r="K62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P62" s="20">
+        <v>11.34</v>
+      </c>
+      <c r="Q62" s="20">
+        <v>3.7151000000000001</v>
+      </c>
+      <c r="R62" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B63" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C63" s="19">
+        <v>114656</v>
+      </c>
+      <c r="D63" s="19">
+        <v>114723</v>
+      </c>
+      <c r="E63" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F63" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G63" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H63" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I63" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J63" s="19">
+        <v>183</v>
+      </c>
+      <c r="K63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="20">
+        <v>16.059999999999999</v>
+      </c>
+      <c r="Q63" s="20">
+        <v>5.2614000000000001</v>
+      </c>
+      <c r="R63" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B64" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C64" s="19">
+        <v>115047</v>
+      </c>
+      <c r="D64" s="19">
+        <v>115105</v>
+      </c>
+      <c r="E64" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F64" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G64" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H64" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I64" s="19">
+        <v>5.4</v>
+      </c>
+      <c r="J64" s="19">
+        <v>144</v>
+      </c>
+      <c r="K64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P64" s="20">
+        <v>29.58</v>
+      </c>
+      <c r="Q64" s="20">
+        <v>9.6905999999999999</v>
+      </c>
+      <c r="R64" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B65" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C65" s="19">
+        <v>115517</v>
+      </c>
+      <c r="D65" s="19">
+        <v>115538</v>
+      </c>
+      <c r="E65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F65" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G65" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H65" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I65" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J65" s="19">
+        <v>131</v>
+      </c>
+      <c r="K65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P65" s="20">
+        <v>37.090000000000003</v>
+      </c>
+      <c r="Q65" s="20">
+        <v>12.1509</v>
+      </c>
+      <c r="R65" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B66" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C66" s="19">
+        <v>122210</v>
+      </c>
+      <c r="D66" s="19">
+        <v>122219</v>
+      </c>
+      <c r="E66" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F66" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G66" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H66" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I66" s="19">
+        <v>4.8</v>
+      </c>
+      <c r="J66" s="19">
+        <v>126</v>
+      </c>
+      <c r="K66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P66" s="20">
+        <v>14.13</v>
+      </c>
+      <c r="Q66" s="20">
+        <v>4.6291000000000002</v>
+      </c>
+      <c r="R66" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B67" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C67" s="19">
+        <v>101500</v>
+      </c>
+      <c r="D67" s="19">
+        <v>101518</v>
+      </c>
+      <c r="E67" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F67" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G67" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H67" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I67" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J67" s="19">
+        <v>149</v>
+      </c>
+      <c r="K67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R67" s="42">
+        <v>309.74</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B68" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C68" s="19">
+        <v>101943</v>
+      </c>
+      <c r="D68" s="19">
+        <v>102007</v>
+      </c>
+      <c r="E68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G68" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H68" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I68" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J68" s="19">
+        <v>151</v>
+      </c>
+      <c r="K68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R68" s="42">
+        <v>1102.96</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B69" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C69" s="19">
+        <v>102735</v>
+      </c>
+      <c r="D69" s="19">
+        <v>102800</v>
+      </c>
+      <c r="E69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G69" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H69" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I69" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J69" s="19">
+        <v>137</v>
+      </c>
+      <c r="K69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R69" s="42">
+        <v>374.69</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B70" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C70" s="19">
+        <v>103122</v>
+      </c>
+      <c r="D70" s="19">
+        <v>103141</v>
+      </c>
+      <c r="E70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G70" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H70" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I70" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J70" s="19">
+        <v>112</v>
+      </c>
+      <c r="K70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R70" s="42">
+        <v>318.72000000000003</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B71" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C71" s="19">
+        <v>103525</v>
+      </c>
+      <c r="D71" s="19">
+        <v>103550</v>
+      </c>
+      <c r="E71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G71" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H71" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I71" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J71" s="19">
+        <v>138</v>
+      </c>
+      <c r="K71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R71" s="42">
+        <v>570.26</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B72" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C72" s="19">
+        <v>104551</v>
+      </c>
+      <c r="D72" s="19">
+        <v>104629</v>
+      </c>
+      <c r="E72" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F72" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G72" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H72" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I72" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J72" s="19">
+        <v>131</v>
+      </c>
+      <c r="K72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R72" s="42">
+        <v>87.16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B73" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C73" s="19">
+        <v>105201</v>
+      </c>
+      <c r="D73" s="19">
+        <v>105233</v>
+      </c>
+      <c r="E73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G73" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H73" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I73" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J73" s="19">
+        <v>152</v>
+      </c>
+      <c r="K73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R73" s="42">
+        <v>151.77000000000001</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B74" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C74" s="19">
+        <v>105558</v>
+      </c>
+      <c r="D74" s="19">
+        <v>105616</v>
+      </c>
+      <c r="E74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G74" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H74" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I74" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J74" s="19">
+        <v>153</v>
+      </c>
+      <c r="K74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R74" s="42">
+        <v>59.3</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B75" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C75" s="19">
+        <v>110010</v>
+      </c>
+      <c r="D75" s="19">
+        <v>110047</v>
+      </c>
+      <c r="E75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G75" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H75" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I75" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J75" s="19">
+        <v>185</v>
+      </c>
+      <c r="K75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R75" s="42">
+        <v>547.28</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B76" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C76" s="19">
+        <v>110437</v>
+      </c>
+      <c r="D76" s="19">
+        <v>110450</v>
+      </c>
+      <c r="E76" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F76" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G76" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H76" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I76" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J76" s="19">
+        <v>140</v>
+      </c>
+      <c r="K76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R76" s="42">
+        <v>1373.07</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B77" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C77" s="19">
+        <v>111618</v>
+      </c>
+      <c r="D77" s="19">
+        <v>111643</v>
+      </c>
+      <c r="E77" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F77" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G77" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H77" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I77" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J77" s="19">
+        <v>153</v>
+      </c>
+      <c r="K77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R77" s="42">
+        <v>262.89999999999998</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B78" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C78" s="19">
+        <v>112119</v>
+      </c>
+      <c r="D78" s="19">
+        <v>112138</v>
+      </c>
+      <c r="E78" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F78" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G78" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H78" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I78" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J78" s="19">
+        <v>149</v>
+      </c>
+      <c r="K78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R78" s="42">
+        <v>259.08999999999997</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B79" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C79" s="19">
+        <v>112534</v>
+      </c>
+      <c r="D79" s="19">
+        <v>112559</v>
+      </c>
+      <c r="E79" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F79" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G79" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H79" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I79" s="19">
+        <v>3.5</v>
+      </c>
+      <c r="J79" s="19">
+        <v>137</v>
+      </c>
+      <c r="K79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R79" s="42">
+        <v>186.07</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B80" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C80" s="19">
+        <v>113020</v>
+      </c>
+      <c r="D80" s="19">
+        <v>113033</v>
+      </c>
+      <c r="E80" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F80" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G80" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H80" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I80" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J80" s="19">
+        <v>124</v>
+      </c>
+      <c r="K80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R80" s="42">
+        <v>345.66</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B81" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C81" s="19">
+        <v>113349</v>
+      </c>
+      <c r="D81" s="19">
+        <v>113426</v>
+      </c>
+      <c r="E81" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F81" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G81" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H81" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I81" s="19">
+        <v>5.3</v>
+      </c>
+      <c r="J81" s="19">
+        <v>149</v>
+      </c>
+      <c r="K81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R81" s="42">
+        <v>186.68</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B82" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C82" s="19">
+        <v>113906</v>
+      </c>
+      <c r="D82" s="19">
+        <v>113925</v>
+      </c>
+      <c r="E82" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F82" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G82" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H82" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I82" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J82" s="19">
+        <v>146</v>
+      </c>
+      <c r="K82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R82" s="42">
+        <v>361.6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B83" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C83" s="19">
+        <v>114259</v>
+      </c>
+      <c r="D83" s="19">
+        <v>114330</v>
+      </c>
+      <c r="E83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F83" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G83" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H83" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I83" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J83" s="19">
+        <v>152</v>
+      </c>
+      <c r="K83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R83" s="42">
+        <v>199.97</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B84" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C84" s="19">
+        <v>114656</v>
+      </c>
+      <c r="D84" s="19">
+        <v>114714</v>
+      </c>
+      <c r="E84" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F84" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G84" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H84" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I84" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J84" s="19">
+        <v>183</v>
+      </c>
+      <c r="K84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R84" s="42">
+        <v>292.64</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B85" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C85" s="19">
+        <v>115046</v>
+      </c>
+      <c r="D85" s="19">
+        <v>115058</v>
+      </c>
+      <c r="E85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G85" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H85" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I85" s="19">
+        <v>5.4</v>
+      </c>
+      <c r="J85" s="19">
+        <v>143</v>
+      </c>
+      <c r="K85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R85" s="42">
+        <v>439.34</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B86" s="19">
+        <v>240404</v>
+      </c>
+      <c r="C86" s="19">
+        <v>115516</v>
+      </c>
+      <c r="D86" s="19">
+        <v>115535</v>
+      </c>
+      <c r="E86" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F86" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G86" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H86" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I86" s="19">
+        <v>5.4</v>
+      </c>
+      <c r="J86" s="19">
+        <v>131</v>
+      </c>
+      <c r="K86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R86" s="42">
+        <v>531.71</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B87" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C87" s="19">
+        <v>104326</v>
+      </c>
+      <c r="D87" s="19">
+        <v>104359</v>
+      </c>
+      <c r="E87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G87" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H87" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I87" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J87" s="19">
+        <v>208</v>
+      </c>
+      <c r="K87" s="20">
+        <v>10.68</v>
+      </c>
+      <c r="L87" s="20">
+        <v>4.1653000000000002</v>
+      </c>
+      <c r="M87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R87" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B88" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C88" s="19">
+        <v>104656</v>
+      </c>
+      <c r="D88" s="19">
+        <v>104708</v>
+      </c>
+      <c r="E88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G88" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H88" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I88" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J88" s="19">
+        <v>180</v>
+      </c>
+      <c r="K88" s="20">
+        <v>12.8</v>
+      </c>
+      <c r="L88" s="20">
+        <v>4.9920999999999998</v>
+      </c>
+      <c r="M88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R88" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B89" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C89" s="19">
+        <v>105005</v>
+      </c>
+      <c r="D89" s="19">
+        <v>105017</v>
+      </c>
+      <c r="E89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G89" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H89" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I89" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J89" s="19">
+        <v>203</v>
+      </c>
+      <c r="K89" s="20">
+        <v>42.24</v>
+      </c>
+      <c r="L89" s="20">
+        <v>16.4741</v>
+      </c>
+      <c r="M89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R89" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B90" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C90" s="19">
+        <v>110553</v>
+      </c>
+      <c r="D90" s="19">
+        <v>110605</v>
+      </c>
+      <c r="E90" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F90" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G90" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H90" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I90" s="19">
+        <v>5</v>
+      </c>
+      <c r="J90" s="19">
+        <v>231</v>
+      </c>
+      <c r="K90" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L90" s="20">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="M90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R90" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B91" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C91" s="19">
+        <v>110929</v>
+      </c>
+      <c r="D91" s="19">
+        <v>110959</v>
+      </c>
+      <c r="E91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F91" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G91" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H91" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I91" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J91" s="19">
+        <v>215</v>
+      </c>
+      <c r="K91" s="20">
+        <v>14.72</v>
+      </c>
+      <c r="L91" s="20">
+        <v>5.7409999999999997</v>
+      </c>
+      <c r="M91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q91" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R91" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B92" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C92" s="19">
+        <v>115645</v>
+      </c>
+      <c r="D92" s="19">
+        <v>115654</v>
+      </c>
+      <c r="E92" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F92" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G92" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H92" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I92" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J92" s="19">
+        <v>214</v>
+      </c>
+      <c r="K92" s="20">
+        <v>17.649999999999999</v>
+      </c>
+      <c r="L92" s="20">
+        <v>6.8837000000000002</v>
+      </c>
+      <c r="M92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q92" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R92" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B93" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C93" s="19">
+        <v>120324</v>
+      </c>
+      <c r="D93" s="19">
+        <v>120336</v>
+      </c>
+      <c r="E93" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F93" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G93" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H93" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I93" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J93" s="19">
+        <v>186</v>
+      </c>
+      <c r="K93" s="20">
+        <v>8.9</v>
+      </c>
+      <c r="L93" s="20">
+        <v>3.4710999999999999</v>
+      </c>
+      <c r="M93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q93" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R93" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B94" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C94" s="19">
+        <v>121015</v>
+      </c>
+      <c r="D94" s="19">
+        <v>121027</v>
+      </c>
+      <c r="E94" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F94" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G94" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H94" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I94" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J94" s="19">
+        <v>199</v>
+      </c>
+      <c r="K94" s="20">
+        <v>3.97</v>
+      </c>
+      <c r="L94" s="20">
+        <v>1.5483</v>
+      </c>
+      <c r="M94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q94" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R94" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B95" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C95" s="19">
+        <v>121336</v>
+      </c>
+      <c r="D95" s="19">
+        <v>121409</v>
+      </c>
+      <c r="E95" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F95" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G95" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H95" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I95" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J95" s="19">
+        <v>236</v>
+      </c>
+      <c r="K95" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L95" s="20">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="M95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q95" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R95" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B96" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C96" s="19">
+        <v>111138</v>
+      </c>
+      <c r="D96" s="19">
+        <v>111202</v>
+      </c>
+      <c r="E96" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F96" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G96" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H96" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I96" s="19">
+        <v>4.5</v>
+      </c>
+      <c r="J96" s="19">
+        <v>242</v>
+      </c>
+      <c r="K96" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L96" s="20">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="M96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R96" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B97" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C97" s="19">
+        <v>112956</v>
+      </c>
+      <c r="D97" s="19">
+        <v>113017</v>
+      </c>
+      <c r="E97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F97" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G97" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H97" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I97" s="19">
+        <v>3.9</v>
+      </c>
+      <c r="J97" s="19">
+        <v>245</v>
+      </c>
+      <c r="K97" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L97" s="20">
+        <v>0.52649999999999997</v>
+      </c>
+      <c r="M97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q97" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R97" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B98" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C98" s="19">
+        <v>121154</v>
+      </c>
+      <c r="D98" s="19">
+        <v>121224</v>
+      </c>
+      <c r="E98" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F98" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G98" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H98" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I98" s="19">
+        <v>4.2</v>
+      </c>
+      <c r="J98" s="19">
+        <v>205</v>
+      </c>
+      <c r="K98" s="20">
+        <v>18.829999999999998</v>
+      </c>
+      <c r="L98" s="20">
+        <v>7.3438999999999997</v>
+      </c>
+      <c r="M98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q98" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R98" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B99" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C99" s="19">
+        <v>104952</v>
+      </c>
+      <c r="D99" s="19">
+        <v>105014</v>
+      </c>
+      <c r="E99" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F99" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G99" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H99" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I99" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J99" s="19">
+        <v>197</v>
+      </c>
+      <c r="K99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O99" s="20">
+        <v>6.47</v>
+      </c>
+      <c r="P99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q99" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R99" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B100" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C100" s="19">
+        <v>110533</v>
+      </c>
+      <c r="D100" s="19">
+        <v>110546</v>
+      </c>
+      <c r="E100" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F100" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G100" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H100" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I100" s="19">
+        <v>4.7</v>
+      </c>
+      <c r="J100" s="19">
+        <v>231</v>
+      </c>
+      <c r="K100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O100" s="20">
+        <v>4.2300000000000004</v>
+      </c>
+      <c r="P100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q100" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R100" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B101" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C101" s="19">
+        <v>104329</v>
+      </c>
+      <c r="D101" s="19">
+        <v>104353</v>
+      </c>
+      <c r="E101" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F101" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G101" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H101" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I101" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J101" s="19">
+        <v>208</v>
+      </c>
+      <c r="K101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O101" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P101" s="20">
+        <v>23.19</v>
+      </c>
+      <c r="Q101" s="20">
+        <v>7.6680000000000001</v>
+      </c>
+      <c r="R101" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B102" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C102" s="19">
+        <v>104653</v>
+      </c>
+      <c r="D102" s="19">
+        <v>104708</v>
+      </c>
+      <c r="E102" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F102" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G102" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H102" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I102" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J102" s="19">
+        <v>180</v>
+      </c>
+      <c r="K102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O102" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P102" s="20">
+        <v>20.92</v>
+      </c>
+      <c r="Q102" s="20">
+        <v>6.9173999999999998</v>
+      </c>
+      <c r="R102" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B103" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C103" s="19">
+        <v>105005</v>
+      </c>
+      <c r="D103" s="19">
+        <v>105017</v>
+      </c>
+      <c r="E103" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F103" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G103" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H103" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I103" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J103" s="19">
+        <v>203</v>
+      </c>
+      <c r="K103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O103" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P103" s="20">
+        <v>77.52</v>
+      </c>
+      <c r="Q103" s="20">
+        <v>25.6327</v>
+      </c>
+      <c r="R103" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B104" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C104" s="19">
+        <v>110553</v>
+      </c>
+      <c r="D104" s="19">
+        <v>110605</v>
+      </c>
+      <c r="E104" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F104" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G104" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H104" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I104" s="19">
+        <v>5</v>
+      </c>
+      <c r="J104" s="19">
+        <v>231</v>
+      </c>
+      <c r="K104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O104" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P104" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q104" s="20">
+        <v>1.0416000000000001</v>
+      </c>
+      <c r="R104" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B105" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C105" s="19">
+        <v>110929</v>
+      </c>
+      <c r="D105" s="19">
+        <v>110956</v>
+      </c>
+      <c r="E105" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F105" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G105" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H105" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I105" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J105" s="19">
+        <v>214</v>
+      </c>
+      <c r="K105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O105" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P105" s="20">
+        <v>31.66</v>
+      </c>
+      <c r="Q105" s="20">
+        <v>10.4687</v>
+      </c>
+      <c r="R105" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B106" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C106" s="19">
+        <v>115645</v>
+      </c>
+      <c r="D106" s="19">
+        <v>115654</v>
+      </c>
+      <c r="E106" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F106" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G106" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H106" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I106" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J106" s="19">
+        <v>214</v>
+      </c>
+      <c r="K106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O106" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P106" s="20">
+        <v>34.450000000000003</v>
+      </c>
+      <c r="Q106" s="20">
+        <v>11.3912</v>
+      </c>
+      <c r="R106" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B107" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C107" s="19">
+        <v>120324</v>
+      </c>
+      <c r="D107" s="19">
+        <v>120336</v>
+      </c>
+      <c r="E107" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F107" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G107" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H107" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I107" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J107" s="19">
+        <v>186</v>
+      </c>
+      <c r="K107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O107" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P107" s="20">
+        <v>14.41</v>
+      </c>
+      <c r="Q107" s="20">
+        <v>4.7648000000000001</v>
+      </c>
+      <c r="R107" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B108" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C108" s="19">
+        <v>121018</v>
+      </c>
+      <c r="D108" s="19">
+        <v>121027</v>
+      </c>
+      <c r="E108" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F108" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G108" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H108" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I108" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J108" s="19">
+        <v>199</v>
+      </c>
+      <c r="K108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O108" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P108" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q108" s="20">
+        <v>1.0416000000000001</v>
+      </c>
+      <c r="R108" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B109" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C109" s="19">
+        <v>121200</v>
+      </c>
+      <c r="D109" s="19">
+        <v>121218</v>
+      </c>
+      <c r="E109" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F109" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G109" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H109" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I109" s="19">
+        <v>4.2</v>
+      </c>
+      <c r="J109" s="19">
+        <v>205</v>
+      </c>
+      <c r="K109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O109" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P109" s="20">
+        <v>46.26</v>
+      </c>
+      <c r="Q109" s="20">
+        <v>15.2963</v>
+      </c>
+      <c r="R109" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B110" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C110" s="19">
+        <v>111138</v>
+      </c>
+      <c r="D110" s="19">
+        <v>111205</v>
+      </c>
+      <c r="E110" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F110" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G110" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H110" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I110" s="19">
+        <v>4.5</v>
+      </c>
+      <c r="J110" s="19">
+        <v>242</v>
+      </c>
+      <c r="K110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O110" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P110" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q110" s="20">
+        <v>1.0416000000000001</v>
+      </c>
+      <c r="R110" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B111" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C111" s="19">
+        <v>112950</v>
+      </c>
+      <c r="D111" s="19">
+        <v>113020</v>
+      </c>
+      <c r="E111" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F111" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G111" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H111" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I111" s="19">
+        <v>4</v>
+      </c>
+      <c r="J111" s="19">
+        <v>244</v>
+      </c>
+      <c r="K111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O111" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P111" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q111" s="20">
+        <v>1.0416000000000001</v>
+      </c>
+      <c r="R111" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B112" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C112" s="19">
+        <v>121339</v>
+      </c>
+      <c r="D112" s="19">
+        <v>121409</v>
+      </c>
+      <c r="E112" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F112" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G112" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H112" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I112" s="19">
+        <v>2</v>
+      </c>
+      <c r="J112" s="19">
+        <v>237</v>
+      </c>
+      <c r="K112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O112" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P112" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q112" s="20">
+        <v>1.0416000000000001</v>
+      </c>
+      <c r="R112" s="42" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B113" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C113" s="19">
+        <v>104325</v>
+      </c>
+      <c r="D113" s="19">
+        <v>104350</v>
+      </c>
+      <c r="E113" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F113" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G113" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H113" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I113" s="19">
+        <v>3.8</v>
+      </c>
+      <c r="J113" s="19">
+        <v>208</v>
+      </c>
+      <c r="K113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q113" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R113" s="42">
+        <v>154.29</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B114" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C114" s="19">
+        <v>104652</v>
+      </c>
+      <c r="D114" s="19">
+        <v>104704</v>
+      </c>
+      <c r="E114" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F114" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G114" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H114" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I114" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J114" s="19">
+        <v>179</v>
+      </c>
+      <c r="K114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q114" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R114" s="42">
+        <v>128.16999999999999</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B115" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C115" s="19">
+        <v>104959</v>
+      </c>
+      <c r="D115" s="19">
+        <v>105017</v>
+      </c>
+      <c r="E115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F115" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G115" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H115" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I115" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J115" s="19">
+        <v>200</v>
+      </c>
+      <c r="K115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q115" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R115" s="42">
+        <v>356.02</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B116" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C116" s="19">
+        <v>110544</v>
+      </c>
+      <c r="D116" s="19">
+        <v>110603</v>
+      </c>
+      <c r="E116" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F116" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G116" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H116" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I116" s="19">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="J116" s="19">
+        <v>231</v>
+      </c>
+      <c r="K116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q116" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R116" s="42">
+        <v>27.2</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B117" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C117" s="19">
+        <v>110922</v>
+      </c>
+      <c r="D117" s="19">
+        <v>110953</v>
+      </c>
+      <c r="E117" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F117" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G117" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H117" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I117" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J117" s="19">
+        <v>214</v>
+      </c>
+      <c r="K117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q117" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R117" s="42">
+        <v>153.51</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B118" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C118" s="19">
+        <v>115640</v>
+      </c>
+      <c r="D118" s="19">
+        <v>115652</v>
+      </c>
+      <c r="E118" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F118" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G118" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H118" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I118" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J118" s="19">
+        <v>214</v>
+      </c>
+      <c r="K118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q118" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R118" s="42">
+        <v>162.88</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B119" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C119" s="19">
+        <v>120321</v>
+      </c>
+      <c r="D119" s="19">
+        <v>120333</v>
+      </c>
+      <c r="E119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F119" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G119" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H119" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I119" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J119" s="19">
+        <v>185</v>
+      </c>
+      <c r="K119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q119" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R119" s="42">
+        <v>86.83</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B120" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C120" s="19">
+        <v>121018</v>
+      </c>
+      <c r="D120" s="19">
+        <v>121024</v>
+      </c>
+      <c r="E120" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F120" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G120" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H120" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I120" s="19">
+        <v>3.6</v>
+      </c>
+      <c r="J120" s="19">
+        <v>199</v>
+      </c>
+      <c r="K120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q120" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R120" s="42">
+        <v>29.34</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B121" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C121" s="19">
+        <v>121200</v>
+      </c>
+      <c r="D121" s="19">
+        <v>121213</v>
+      </c>
+      <c r="E121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F121" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G121" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H121" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I121" s="19">
+        <v>4.3</v>
+      </c>
+      <c r="J121" s="19">
+        <v>205</v>
+      </c>
+      <c r="K121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q121" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R121" s="42">
+        <v>262.8</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B122" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C122" s="19">
+        <v>111145</v>
+      </c>
+      <c r="D122" s="19">
+        <v>111206</v>
+      </c>
+      <c r="E122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F122" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G122" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H122" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I122" s="19">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J122" s="19">
+        <v>244</v>
+      </c>
+      <c r="K122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q122" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R122" s="42">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="24">
+        <v>2024</v>
+      </c>
+      <c r="B123" s="19">
+        <v>240503</v>
+      </c>
+      <c r="C123" s="19">
+        <v>113006</v>
+      </c>
+      <c r="D123" s="19">
+        <v>113031</v>
+      </c>
+      <c r="E123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F123" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G123" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H123" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I123" s="19">
+        <v>3.7</v>
+      </c>
+      <c r="J123" s="19">
+        <v>248</v>
+      </c>
+      <c r="K123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q123" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R123" s="42">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="27">
+        <v>2024</v>
+      </c>
+      <c r="B124" s="28">
+        <v>240503</v>
+      </c>
+      <c r="C124" s="28">
+        <v>121334</v>
+      </c>
+      <c r="D124" s="28">
+        <v>121358</v>
+      </c>
+      <c r="E124" s="28">
+        <v>40.2181</v>
+      </c>
+      <c r="F124" s="28">
+        <v>40.2181</v>
+      </c>
+      <c r="G124" s="28">
+        <v>-104.72</v>
+      </c>
+      <c r="H124" s="28">
+        <v>-104.718</v>
+      </c>
+      <c r="I124" s="28">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J124" s="28">
+        <v>234</v>
+      </c>
+      <c r="K124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="L124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="M124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="N124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="O124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="P124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q124" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="R124" s="43">
+        <v>16.02</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="14" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:R146"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="1" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C3" s="4">
+        <v>120852</v>
+      </c>
+      <c r="D3" s="4">
+        <v>120907</v>
+      </c>
+      <c r="E3" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F3" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G3" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H3" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I3" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J3" s="4">
+        <v>249</v>
+      </c>
+      <c r="K3" s="6">
+        <v>7.59</v>
+      </c>
+      <c r="L3" s="6">
+        <v>2.8493759999999999</v>
+      </c>
+      <c r="M3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B4" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C4" s="4">
+        <v>121207</v>
+      </c>
+      <c r="D4" s="4">
+        <v>121225</v>
+      </c>
+      <c r="E4" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F4" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G4" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H4" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I4" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J4" s="4">
+        <v>239</v>
+      </c>
+      <c r="K4" s="6">
+        <v>6.21</v>
+      </c>
+      <c r="L4" s="6">
+        <v>2.3313069999999998</v>
+      </c>
+      <c r="M4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q4" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B5" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C5" s="4">
+        <v>121452</v>
+      </c>
+      <c r="D5" s="4">
+        <v>121513</v>
+      </c>
+      <c r="E5" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F5" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G5" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H5" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I5" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J5" s="4">
+        <v>238</v>
+      </c>
+      <c r="K5" s="6">
+        <v>10.039999999999999</v>
+      </c>
+      <c r="L5" s="6">
+        <v>3.7691349999999999</v>
+      </c>
+      <c r="M5" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O5" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C6" s="4">
+        <v>121831</v>
+      </c>
+      <c r="D6" s="4">
+        <v>121846</v>
+      </c>
+      <c r="E6" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F6" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G6" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H6" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I6" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J6" s="4">
+        <v>242</v>
+      </c>
+      <c r="K6" s="6">
+        <v>7.81</v>
+      </c>
+      <c r="L6" s="6">
+        <v>2.9319660000000001</v>
+      </c>
+      <c r="M6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q6" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R6" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C7" s="4">
+        <v>122058</v>
+      </c>
+      <c r="D7" s="4">
+        <v>122119</v>
+      </c>
+      <c r="E7" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F7" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G7" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H7" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I7" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J7" s="4">
+        <v>237</v>
+      </c>
+      <c r="K7" s="6">
+        <v>7.08</v>
+      </c>
+      <c r="L7" s="6">
+        <v>2.6579160000000002</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q7" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R7" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C8" s="4">
+        <v>120330</v>
+      </c>
+      <c r="D8" s="4">
+        <v>120354</v>
+      </c>
+      <c r="E8" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F8" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G8" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H8" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I8" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J8" s="4">
+        <v>247</v>
+      </c>
+      <c r="K8" s="6">
+        <v>7.63</v>
+      </c>
+      <c r="L8" s="6">
+        <v>2.864392</v>
+      </c>
+      <c r="M8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C9" s="4">
+        <v>123234</v>
+      </c>
+      <c r="D9" s="4">
+        <v>123258</v>
+      </c>
+      <c r="E9" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F9" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G9" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H9" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I9" s="36">
+        <v>1.9</v>
+      </c>
+      <c r="J9" s="4">
+        <v>236</v>
+      </c>
+      <c r="K9" s="6">
+        <v>18.29</v>
+      </c>
+      <c r="L9" s="6">
+        <v>6.866282</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C10" s="4">
+        <v>123230</v>
+      </c>
+      <c r="D10" s="4">
+        <v>123245</v>
+      </c>
+      <c r="E10" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F10" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G10" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H10" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I10" s="36">
+        <v>2</v>
+      </c>
+      <c r="J10" s="4">
+        <v>236</v>
+      </c>
+      <c r="K10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="6">
+        <v>4.51</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B11" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C11" s="4">
+        <v>121201</v>
+      </c>
+      <c r="D11" s="4">
+        <v>121219</v>
+      </c>
+      <c r="E11" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F11" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G11" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H11" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I11" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J11" s="4">
+        <v>240</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O11" s="6">
+        <v>5.81</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R11" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B12" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C12" s="4">
+        <v>121447</v>
+      </c>
+      <c r="D12" s="4">
+        <v>121456</v>
+      </c>
+      <c r="E12" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F12" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G12" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H12" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I12" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J12" s="4">
+        <v>237</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="6">
+        <v>4.8099999999999996</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q12" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R12" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C13" s="4">
+        <v>122049</v>
+      </c>
+      <c r="D13" s="4">
+        <v>122104</v>
+      </c>
+      <c r="E13" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F13" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G13" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H13" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I13" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J13" s="4">
+        <v>237</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O13" s="6">
+        <v>4.13</v>
+      </c>
+      <c r="P13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R13" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B14" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C14" s="4">
+        <v>120852</v>
+      </c>
+      <c r="D14" s="4">
+        <v>120907</v>
+      </c>
+      <c r="E14" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F14" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G14" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H14" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I14" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J14" s="4">
+        <v>249</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="6">
+        <v>11.46</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>3.6475010000000001</v>
+      </c>
+      <c r="R14" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B15" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C15" s="4">
+        <v>121207</v>
+      </c>
+      <c r="D15" s="4">
+        <v>121225</v>
+      </c>
+      <c r="E15" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F15" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G15" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H15" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I15" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J15" s="4">
+        <v>239</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="6">
+        <v>14.99</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>4.7710340000000002</v>
+      </c>
+      <c r="R15" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B16" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C16" s="4">
+        <v>121452</v>
+      </c>
+      <c r="D16" s="4">
+        <v>121513</v>
+      </c>
+      <c r="E16" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F16" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G16" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H16" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I16" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J16" s="4">
+        <v>238</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P16" s="6">
+        <v>15.12</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>4.8124099999999999</v>
+      </c>
+      <c r="R16" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B17" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C17" s="4">
+        <v>121831</v>
+      </c>
+      <c r="D17" s="4">
+        <v>121846</v>
+      </c>
+      <c r="E17" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F17" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G17" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H17" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I17" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J17" s="4">
+        <v>242</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P17" s="6">
+        <v>9.3699999999999992</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>2.982294</v>
+      </c>
+      <c r="R17" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C18" s="4">
+        <v>122058</v>
+      </c>
+      <c r="D18" s="4">
+        <v>122119</v>
+      </c>
+      <c r="E18" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F18" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G18" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H18" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I18" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J18" s="4">
+        <v>237</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P18" s="6">
+        <v>13.39</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>4.2617839999999996</v>
+      </c>
+      <c r="R18" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B19" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C19" s="4">
+        <v>120333</v>
+      </c>
+      <c r="D19" s="4">
+        <v>120351</v>
+      </c>
+      <c r="E19" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F19" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G19" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H19" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I19" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J19" s="4">
+        <v>247</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" s="6">
+        <v>13.89</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>4.4209240000000003</v>
+      </c>
+      <c r="R19" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B20" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C20" s="4">
+        <v>123234</v>
+      </c>
+      <c r="D20" s="4">
+        <v>123258</v>
+      </c>
+      <c r="E20" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F20" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G20" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H20" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I20" s="36">
+        <v>1.9</v>
+      </c>
+      <c r="J20" s="4">
+        <v>236</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O20" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P20" s="6">
+        <v>25.91</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>8.2466629999999999</v>
+      </c>
+      <c r="R20" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C21" s="4">
+        <v>120845</v>
+      </c>
+      <c r="D21" s="4">
+        <v>120910</v>
+      </c>
+      <c r="E21" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F21" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G21" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H21" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I21" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J21" s="4">
+        <v>248</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q21" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R21" s="8">
+        <v>111.72</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C22" s="4">
+        <v>121447</v>
+      </c>
+      <c r="D22" s="4">
+        <v>121512</v>
+      </c>
+      <c r="E22" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F22" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G22" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H22" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I22" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J22" s="4">
+        <v>238</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q22" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R22" s="8">
+        <v>148.36000000000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C23" s="4">
+        <v>121821</v>
+      </c>
+      <c r="D23" s="4">
+        <v>121852</v>
+      </c>
+      <c r="E23" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F23" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G23" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H23" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I23" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J23" s="4">
+        <v>242</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R23" s="8">
+        <v>79.92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C24" s="4">
+        <v>122057</v>
+      </c>
+      <c r="D24" s="4">
+        <v>122115</v>
+      </c>
+      <c r="E24" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F24" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G24" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H24" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I24" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J24" s="4">
+        <v>237</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q24" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R24" s="8">
+        <v>139.34</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C25" s="4">
+        <v>123229</v>
+      </c>
+      <c r="D25" s="4">
+        <v>123300</v>
+      </c>
+      <c r="E25" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F25" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G25" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H25" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I25" s="36">
+        <v>1.9</v>
+      </c>
+      <c r="J25" s="4">
+        <v>236</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q25" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R25" s="8">
+        <v>249.18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C26" s="4">
+        <v>120323</v>
+      </c>
+      <c r="D26" s="4">
+        <v>120400</v>
+      </c>
+      <c r="E26" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F26" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G26" s="5">
+        <v>-104.715</v>
+      </c>
+      <c r="H26" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I26" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J26" s="4">
+        <v>247</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R26" s="8">
+        <v>113.76</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="4">
+        <v>250108</v>
+      </c>
+      <c r="C27" s="4">
+        <v>121205</v>
+      </c>
+      <c r="D27" s="4">
+        <v>121224</v>
+      </c>
+      <c r="E27" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F27" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G27" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H27" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I27" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J27" s="4">
+        <v>240</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q27" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R27" s="8">
+        <v>159.41999999999999</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B28" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C28" s="4">
+        <v>102150</v>
+      </c>
+      <c r="D28" s="4">
+        <v>102217</v>
+      </c>
+      <c r="E28" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F28" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G28" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H28" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I28" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J28" s="4">
+        <v>208</v>
+      </c>
+      <c r="K28" s="6">
+        <v>2.8</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.06843</v>
+      </c>
+      <c r="M28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R28" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C29" s="4">
+        <v>102902</v>
+      </c>
+      <c r="D29" s="4">
+        <v>102929</v>
+      </c>
+      <c r="E29" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F29" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G29" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H29" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I29" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J29" s="4">
+        <v>208</v>
+      </c>
+      <c r="K29" s="6">
+        <v>2.78</v>
+      </c>
+      <c r="L29" s="6">
+        <v>1.0607979999999999</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R29" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C30" s="4">
+        <v>104332</v>
+      </c>
+      <c r="D30" s="4">
+        <v>104356</v>
+      </c>
+      <c r="E30" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F30" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G30" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H30" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I30" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J30" s="4">
+        <v>184</v>
+      </c>
+      <c r="K30" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L30" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q30" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R30" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C31" s="4">
+        <v>104805</v>
+      </c>
+      <c r="D31" s="4">
+        <v>104823</v>
+      </c>
+      <c r="E31" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F31" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G31" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H31" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I31" s="36">
+        <v>3.8</v>
+      </c>
+      <c r="J31" s="4">
+        <v>169</v>
+      </c>
+      <c r="K31" s="6">
+        <v>0</v>
+      </c>
+      <c r="L31" s="6">
+        <v>0</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R31" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B32" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C32" s="4">
+        <v>105250</v>
+      </c>
+      <c r="D32" s="4">
+        <v>105320</v>
+      </c>
+      <c r="E32" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F32" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G32" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H32" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I32" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J32" s="4">
+        <v>185</v>
+      </c>
+      <c r="K32" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L32" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M32" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R32" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C33" s="4">
+        <v>105641</v>
+      </c>
+      <c r="D33" s="4">
+        <v>105705</v>
+      </c>
+      <c r="E33" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F33" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G33" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H33" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I33" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J33" s="4">
+        <v>169</v>
+      </c>
+      <c r="K33" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L33" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q33" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R33" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C34" s="4">
+        <v>110132</v>
+      </c>
+      <c r="D34" s="4">
+        <v>110153</v>
+      </c>
+      <c r="E34" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F34" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G34" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H34" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I34" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J34" s="4">
+        <v>175</v>
+      </c>
+      <c r="K34" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L34" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R34" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C35" s="4">
+        <v>110817</v>
+      </c>
+      <c r="D35" s="4">
+        <v>110850</v>
+      </c>
+      <c r="E35" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F35" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G35" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H35" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I35" s="36">
+        <v>2.5</v>
+      </c>
+      <c r="J35" s="4">
+        <v>172</v>
+      </c>
+      <c r="K35" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L35" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R35" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C36" s="4">
+        <v>111350</v>
+      </c>
+      <c r="D36" s="4">
+        <v>111420</v>
+      </c>
+      <c r="E36" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F36" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G36" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H36" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I36" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J36" s="4">
+        <v>194</v>
+      </c>
+      <c r="K36" s="6">
+        <v>0</v>
+      </c>
+      <c r="L36" s="6">
+        <v>0</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q36" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R36" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B37" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C37" s="4">
+        <v>111720</v>
+      </c>
+      <c r="D37" s="4">
+        <v>111753</v>
+      </c>
+      <c r="E37" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F37" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G37" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H37" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I37" s="36">
+        <v>2.7</v>
+      </c>
+      <c r="J37" s="4">
+        <v>163</v>
+      </c>
+      <c r="K37" s="6">
+        <v>3.58</v>
+      </c>
+      <c r="L37" s="6">
+        <v>1.3660639999999999</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R37" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B38" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C38" s="4">
+        <v>112311</v>
+      </c>
+      <c r="D38" s="4">
+        <v>112344</v>
+      </c>
+      <c r="E38" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F38" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G38" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H38" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I38" s="36">
+        <v>4.5</v>
+      </c>
+      <c r="J38" s="4">
+        <v>166</v>
+      </c>
+      <c r="K38" s="6">
+        <v>0</v>
+      </c>
+      <c r="L38" s="6">
+        <v>0</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R38" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B39" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C39" s="4">
+        <v>112808</v>
+      </c>
+      <c r="D39" s="4">
+        <v>112838</v>
+      </c>
+      <c r="E39" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F39" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G39" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H39" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I39" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J39" s="4">
+        <v>136</v>
+      </c>
+      <c r="K39" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L39" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R39" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B40" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C40" s="4">
+        <v>115606</v>
+      </c>
+      <c r="D40" s="4">
+        <v>115637</v>
+      </c>
+      <c r="E40" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F40" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G40" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H40" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I40" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J40" s="4">
+        <v>175</v>
+      </c>
+      <c r="K40" s="6">
+        <v>3.29</v>
+      </c>
+      <c r="L40" s="6">
+        <v>1.2554050000000001</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q40" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R40" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B41" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C41" s="4">
+        <v>120101</v>
+      </c>
+      <c r="D41" s="4">
+        <v>120121</v>
+      </c>
+      <c r="E41" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F41" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G41" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H41" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I41" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J41" s="4">
+        <v>148</v>
+      </c>
+      <c r="K41" s="6">
+        <v>3.21</v>
+      </c>
+      <c r="L41" s="6">
+        <v>1.2248779999999999</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R41" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B42" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C42" s="4">
+        <v>120628</v>
+      </c>
+      <c r="D42" s="4">
+        <v>120649</v>
+      </c>
+      <c r="E42" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F42" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G42" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H42" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I42" s="36">
+        <v>3.8</v>
+      </c>
+      <c r="J42" s="4">
+        <v>195</v>
+      </c>
+      <c r="K42" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L42" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R42" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B43" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C43" s="4">
+        <v>121010</v>
+      </c>
+      <c r="D43" s="4">
+        <v>121034</v>
+      </c>
+      <c r="E43" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F43" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G43" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H43" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I43" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J43" s="4">
+        <v>195</v>
+      </c>
+      <c r="K43" s="6">
+        <v>3.43</v>
+      </c>
+      <c r="L43" s="6">
+        <v>1.308827</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q43" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R43" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B44" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C44" s="4">
+        <v>121540</v>
+      </c>
+      <c r="D44" s="4">
+        <v>121610</v>
+      </c>
+      <c r="E44" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F44" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G44" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H44" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I44" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J44" s="4">
+        <v>178</v>
+      </c>
+      <c r="K44" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L44" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q44" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R44" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B45" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C45" s="4">
+        <v>122926</v>
+      </c>
+      <c r="D45" s="4">
+        <v>123002</v>
+      </c>
+      <c r="E45" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F45" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G45" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H45" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I45" s="36">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="J45" s="4">
+        <v>160</v>
+      </c>
+      <c r="K45" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L45" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R45" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B46" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C46" s="4">
+        <v>123453</v>
+      </c>
+      <c r="D46" s="4">
+        <v>123520</v>
+      </c>
+      <c r="E46" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F46" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G46" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H46" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I46" s="36">
+        <v>3.5</v>
+      </c>
+      <c r="J46" s="4">
+        <v>158</v>
+      </c>
+      <c r="K46" s="6">
+        <v>0</v>
+      </c>
+      <c r="L46" s="6">
+        <v>0</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q46" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R46" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B47" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C47" s="4">
+        <v>123917</v>
+      </c>
+      <c r="D47" s="4">
+        <v>123953</v>
+      </c>
+      <c r="E47" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F47" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G47" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H47" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I47" s="36">
+        <v>2.7</v>
+      </c>
+      <c r="J47" s="4">
+        <v>173</v>
+      </c>
+      <c r="K47" s="6">
+        <v>0</v>
+      </c>
+      <c r="L47" s="6">
+        <v>0</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R47" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B48" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C48" s="4">
+        <v>124414</v>
+      </c>
+      <c r="D48" s="4">
+        <v>124444</v>
+      </c>
+      <c r="E48" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F48" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G48" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H48" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I48" s="36">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J48" s="4">
+        <v>168</v>
+      </c>
+      <c r="K48" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L48" s="6">
+        <v>0.51513600000000004</v>
+      </c>
+      <c r="M48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q48" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R48" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B49" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C49" s="4">
+        <v>125014</v>
+      </c>
+      <c r="D49" s="4">
+        <v>125041</v>
+      </c>
+      <c r="E49" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F49" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G49" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H49" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I49" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J49" s="4">
+        <v>181</v>
+      </c>
+      <c r="K49" s="6">
+        <v>2.78</v>
+      </c>
+      <c r="L49" s="6">
+        <v>1.0607979999999999</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q49" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R49" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B50" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C50" s="4">
+        <v>102145</v>
+      </c>
+      <c r="D50" s="4">
+        <v>102155</v>
+      </c>
+      <c r="E50" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F50" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G50" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H50" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I50" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J50" s="4">
+        <v>208</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="6">
+        <v>2.54</v>
+      </c>
+      <c r="P50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q50" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R50" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B51" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C51" s="4">
+        <v>102845</v>
+      </c>
+      <c r="D51" s="4">
+        <v>102917</v>
+      </c>
+      <c r="E51" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F51" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G51" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H51" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I51" s="36">
+        <v>3.5</v>
+      </c>
+      <c r="J51" s="4">
+        <v>211</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="6">
+        <v>23.04</v>
+      </c>
+      <c r="P51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q51" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R51" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B52" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C52" s="4">
+        <v>104326</v>
+      </c>
+      <c r="D52" s="4">
+        <v>104353</v>
+      </c>
+      <c r="E52" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F52" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G52" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H52" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I52" s="36">
+        <v>3</v>
+      </c>
+      <c r="J52" s="4">
+        <v>183</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="6">
+        <v>6.46</v>
+      </c>
+      <c r="P52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q52" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R52" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B53" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C53" s="4">
+        <v>104741</v>
+      </c>
+      <c r="D53" s="4">
+        <v>104813</v>
+      </c>
+      <c r="E53" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F53" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G53" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H53" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I53" s="36">
+        <v>3.8</v>
+      </c>
+      <c r="J53" s="4">
+        <v>168</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="6">
+        <v>10.82</v>
+      </c>
+      <c r="P53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q53" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R53" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B54" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C54" s="4">
+        <v>105258</v>
+      </c>
+      <c r="D54" s="4">
+        <v>105327</v>
+      </c>
+      <c r="E54" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F54" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G54" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H54" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I54" s="36">
+        <v>3.1</v>
+      </c>
+      <c r="J54" s="4">
+        <v>183</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="6">
+        <v>10.11</v>
+      </c>
+      <c r="P54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q54" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R54" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B55" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C55" s="4">
+        <v>105630</v>
+      </c>
+      <c r="D55" s="4">
+        <v>105652</v>
+      </c>
+      <c r="E55" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F55" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G55" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H55" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I55" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J55" s="4">
+        <v>169</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="6">
+        <v>3.68</v>
+      </c>
+      <c r="P55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R55" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B56" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C56" s="4">
+        <v>110124</v>
+      </c>
+      <c r="D56" s="4">
+        <v>110142</v>
+      </c>
+      <c r="E56" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F56" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G56" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H56" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I56" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J56" s="4">
+        <v>174</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="6">
+        <v>1.93</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q56" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R56" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C57" s="4">
+        <v>110813</v>
+      </c>
+      <c r="D57" s="4">
+        <v>110830</v>
+      </c>
+      <c r="E57" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F57" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G57" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H57" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I57" s="36">
+        <v>2.4</v>
+      </c>
+      <c r="J57" s="4">
+        <v>170</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="6">
+        <v>2.42</v>
+      </c>
+      <c r="P57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q57" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R57" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C58" s="4">
+        <v>111340</v>
+      </c>
+      <c r="D58" s="4">
+        <v>111410</v>
+      </c>
+      <c r="E58" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F58" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G58" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H58" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I58" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J58" s="4">
+        <v>194</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="6">
+        <v>5.2</v>
+      </c>
+      <c r="P58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q58" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R58" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C59" s="4">
+        <v>111719</v>
+      </c>
+      <c r="D59" s="4">
+        <v>111736</v>
+      </c>
+      <c r="E59" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F59" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G59" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H59" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I59" s="36">
+        <v>2.7</v>
+      </c>
+      <c r="J59" s="4">
+        <v>165</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="6">
+        <v>4.92</v>
+      </c>
+      <c r="P59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q59" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R59" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C60" s="4">
+        <v>112322</v>
+      </c>
+      <c r="D60" s="4">
+        <v>112331</v>
+      </c>
+      <c r="E60" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F60" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G60" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H60" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I60" s="36">
+        <v>4.5</v>
+      </c>
+      <c r="J60" s="4">
+        <v>166</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="6">
+        <v>4.87</v>
+      </c>
+      <c r="P60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q60" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R60" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B61" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C61" s="4">
+        <v>112815</v>
+      </c>
+      <c r="D61" s="4">
+        <v>112840</v>
+      </c>
+      <c r="E61" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F61" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G61" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H61" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I61" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J61" s="4">
+        <v>135</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="6">
+        <v>6.86</v>
+      </c>
+      <c r="P61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q61" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R61" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B62" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C62" s="4">
+        <v>115604</v>
+      </c>
+      <c r="D62" s="4">
+        <v>115626</v>
+      </c>
+      <c r="E62" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F62" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G62" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H62" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I62" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J62" s="4">
+        <v>176</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="6">
+        <v>5.03</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q62" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R62" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B63" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C63" s="4">
+        <v>120052</v>
+      </c>
+      <c r="D63" s="4">
+        <v>120126</v>
+      </c>
+      <c r="E63" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F63" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G63" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H63" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I63" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J63" s="4">
+        <v>148</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="6">
+        <v>2.09</v>
+      </c>
+      <c r="P63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q63" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R63" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B64" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C64" s="4">
+        <v>120615</v>
+      </c>
+      <c r="D64" s="4">
+        <v>120635</v>
+      </c>
+      <c r="E64" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F64" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G64" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H64" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I64" s="36">
+        <v>4</v>
+      </c>
+      <c r="J64" s="4">
+        <v>189</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="6">
+        <v>5.42</v>
+      </c>
+      <c r="P64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q64" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R64" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B65" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C65" s="4">
+        <v>120954</v>
+      </c>
+      <c r="D65" s="4">
+        <v>121024</v>
+      </c>
+      <c r="E65" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F65" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G65" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H65" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I65" s="36">
+        <v>3.5</v>
+      </c>
+      <c r="J65" s="4">
+        <v>196</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="6">
+        <v>5.86</v>
+      </c>
+      <c r="P65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q65" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R65" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B66" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C66" s="4">
+        <v>122916</v>
+      </c>
+      <c r="D66" s="4">
+        <v>122943</v>
+      </c>
+      <c r="E66" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F66" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G66" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H66" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I66" s="36">
+        <v>4</v>
+      </c>
+      <c r="J66" s="4">
+        <v>153</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="6">
+        <v>5.9</v>
+      </c>
+      <c r="P66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q66" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R66" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B67" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C67" s="4">
+        <v>123442</v>
+      </c>
+      <c r="D67" s="4">
+        <v>123507</v>
+      </c>
+      <c r="E67" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F67" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G67" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H67" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I67" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J67" s="4">
+        <v>162</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="6">
+        <v>11.63</v>
+      </c>
+      <c r="P67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q67" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R67" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B68" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C68" s="4">
+        <v>123918</v>
+      </c>
+      <c r="D68" s="4">
+        <v>123941</v>
+      </c>
+      <c r="E68" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F68" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G68" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H68" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I68" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J68" s="4">
+        <v>170</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="6">
+        <v>6.55</v>
+      </c>
+      <c r="P68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q68" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R68" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B69" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C69" s="4">
+        <v>124418</v>
+      </c>
+      <c r="D69" s="4">
+        <v>124448</v>
+      </c>
+      <c r="E69" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F69" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G69" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H69" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I69" s="36">
+        <v>4.5</v>
+      </c>
+      <c r="J69" s="4">
+        <v>171</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="6">
+        <v>11.66</v>
+      </c>
+      <c r="P69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q69" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R69" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B70" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C70" s="4">
+        <v>125008</v>
+      </c>
+      <c r="D70" s="4">
+        <v>125030</v>
+      </c>
+      <c r="E70" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F70" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G70" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H70" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I70" s="36">
+        <v>3</v>
+      </c>
+      <c r="J70" s="4">
+        <v>179</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="6">
+        <v>4.53</v>
+      </c>
+      <c r="P70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q70" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R70" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B71" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C71" s="4">
+        <v>102138</v>
+      </c>
+      <c r="D71" s="4">
+        <v>102217</v>
+      </c>
+      <c r="E71" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F71" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G71" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H71" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I71" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J71" s="4">
+        <v>208</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P71" s="6">
+        <v>8.24</v>
+      </c>
+      <c r="Q71" s="6">
+        <v>2.665741836</v>
+      </c>
+      <c r="R71" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B72" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C72" s="4">
+        <v>102859</v>
+      </c>
+      <c r="D72" s="4">
+        <v>102923</v>
+      </c>
+      <c r="E72" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F72" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G72" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H72" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I72" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J72" s="4">
+        <v>210</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P72" s="6">
+        <v>8.25</v>
+      </c>
+      <c r="Q72" s="6">
+        <v>2.6689769600000002</v>
+      </c>
+      <c r="R72" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C73" s="4">
+        <v>104341</v>
+      </c>
+      <c r="D73" s="4">
+        <v>104353</v>
+      </c>
+      <c r="E73" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F73" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G73" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H73" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I73" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J73" s="4">
+        <v>185</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P73" s="6">
+        <v>7.88</v>
+      </c>
+      <c r="Q73" s="6">
+        <v>2.5492773870000001</v>
+      </c>
+      <c r="R73" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C74" s="4">
+        <v>104802</v>
+      </c>
+      <c r="D74" s="4">
+        <v>104832</v>
+      </c>
+      <c r="E74" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F74" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G74" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H74" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I74" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J74" s="4">
+        <v>170</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P74" s="6">
+        <v>8.25</v>
+      </c>
+      <c r="Q74" s="6">
+        <v>2.6689769600000002</v>
+      </c>
+      <c r="R74" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C75" s="4">
+        <v>105244</v>
+      </c>
+      <c r="D75" s="4">
+        <v>105311</v>
+      </c>
+      <c r="E75" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F75" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G75" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H75" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I75" s="36">
+        <v>3</v>
+      </c>
+      <c r="J75" s="4">
+        <v>185</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P75" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q75" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R75" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C76" s="4">
+        <v>105641</v>
+      </c>
+      <c r="D76" s="4">
+        <v>105705</v>
+      </c>
+      <c r="E76" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F76" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G76" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H76" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I76" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J76" s="4">
+        <v>169</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P76" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q76" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R76" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C77" s="4">
+        <v>110123</v>
+      </c>
+      <c r="D77" s="4">
+        <v>110153</v>
+      </c>
+      <c r="E77" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F77" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G77" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H77" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I77" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J77" s="4">
+        <v>175</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P77" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="6">
+        <v>0</v>
+      </c>
+      <c r="R77" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C78" s="4">
+        <v>110826</v>
+      </c>
+      <c r="D78" s="4">
+        <v>110850</v>
+      </c>
+      <c r="E78" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F78" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G78" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H78" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I78" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J78" s="4">
+        <v>173</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P78" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="6">
+        <v>0</v>
+      </c>
+      <c r="R78" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B79" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C79" s="4">
+        <v>111350</v>
+      </c>
+      <c r="D79" s="4">
+        <v>111420</v>
+      </c>
+      <c r="E79" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F79" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G79" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H79" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I79" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J79" s="4">
+        <v>194</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P79" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q79" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R79" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B80" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C80" s="4">
+        <v>111726</v>
+      </c>
+      <c r="D80" s="4">
+        <v>111802</v>
+      </c>
+      <c r="E80" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F80" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G80" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H80" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I80" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J80" s="4">
+        <v>161</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P80" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q80" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R80" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B81" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C81" s="4">
+        <v>112314</v>
+      </c>
+      <c r="D81" s="4">
+        <v>112323</v>
+      </c>
+      <c r="E81" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F81" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G81" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H81" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I81" s="36">
+        <v>4.5999999999999996</v>
+      </c>
+      <c r="J81" s="4">
+        <v>166</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P81" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q81" s="6">
+        <v>0</v>
+      </c>
+      <c r="R81" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B82" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C82" s="4">
+        <v>112817</v>
+      </c>
+      <c r="D82" s="4">
+        <v>112838</v>
+      </c>
+      <c r="E82" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F82" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G82" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H82" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I82" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J82" s="4">
+        <v>135</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P82" s="6">
+        <v>8.07</v>
+      </c>
+      <c r="Q82" s="6">
+        <v>2.6107447349999999</v>
+      </c>
+      <c r="R82" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B83" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C83" s="4">
+        <v>115606</v>
+      </c>
+      <c r="D83" s="4">
+        <v>115646</v>
+      </c>
+      <c r="E83" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F83" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G83" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H83" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I83" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J83" s="4">
+        <v>174</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P83" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q83" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R83" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B84" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C84" s="4">
+        <v>120052</v>
+      </c>
+      <c r="D84" s="4">
+        <v>120121</v>
+      </c>
+      <c r="E84" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F84" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G84" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H84" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I84" s="36">
+        <v>3.5</v>
+      </c>
+      <c r="J84" s="4">
+        <v>149</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O84" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P84" s="6">
+        <v>6.45</v>
+      </c>
+      <c r="Q84" s="6">
+        <v>2.0866547139999998</v>
+      </c>
+      <c r="R84" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B85" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C85" s="4">
+        <v>120616</v>
+      </c>
+      <c r="D85" s="4">
+        <v>120652</v>
+      </c>
+      <c r="E85" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F85" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G85" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H85" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I85" s="36">
+        <v>3.9</v>
+      </c>
+      <c r="J85" s="4">
+        <v>193</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O85" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P85" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q85" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R85" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B86" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C86" s="4">
+        <v>121007</v>
+      </c>
+      <c r="D86" s="4">
+        <v>121034</v>
+      </c>
+      <c r="E86" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F86" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G86" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H86" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I86" s="36">
+        <v>3.6</v>
+      </c>
+      <c r="J86" s="4">
+        <v>195</v>
+      </c>
+      <c r="K86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O86" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P86" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q86" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R86" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B87" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C87" s="4">
+        <v>121534</v>
+      </c>
+      <c r="D87" s="4">
+        <v>121604</v>
+      </c>
+      <c r="E87" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F87" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G87" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H87" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I87" s="36">
+        <v>3</v>
+      </c>
+      <c r="J87" s="4">
+        <v>178</v>
+      </c>
+      <c r="K87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O87" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P87" s="6">
+        <v>6.37</v>
+      </c>
+      <c r="Q87" s="6">
+        <v>2.0607737249999998</v>
+      </c>
+      <c r="R87" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B88" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C88" s="4">
+        <v>122929</v>
+      </c>
+      <c r="D88" s="4">
+        <v>122950</v>
+      </c>
+      <c r="E88" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F88" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G88" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H88" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I88" s="36">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="J88" s="4">
+        <v>158</v>
+      </c>
+      <c r="K88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O88" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P88" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q88" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R88" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B89" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C89" s="4">
+        <v>123453</v>
+      </c>
+      <c r="D89" s="4">
+        <v>123526</v>
+      </c>
+      <c r="E89" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F89" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G89" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H89" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I89" s="36">
+        <v>3.5</v>
+      </c>
+      <c r="J89" s="4">
+        <v>158</v>
+      </c>
+      <c r="K89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O89" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P89" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q89" s="6">
+        <v>0</v>
+      </c>
+      <c r="R89" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A90" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B90" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C90" s="4">
+        <v>123917</v>
+      </c>
+      <c r="D90" s="4">
+        <v>123932</v>
+      </c>
+      <c r="E90" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F90" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G90" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H90" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I90" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J90" s="4">
+        <v>168</v>
+      </c>
+      <c r="K90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O90" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P90" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q90" s="6">
+        <v>0</v>
+      </c>
+      <c r="R90" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B91" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C91" s="4">
+        <v>124408</v>
+      </c>
+      <c r="D91" s="4">
+        <v>124444</v>
+      </c>
+      <c r="E91" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F91" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G91" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H91" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I91" s="36">
+        <v>4.3</v>
+      </c>
+      <c r="J91" s="4">
+        <v>167</v>
+      </c>
+      <c r="K91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O91" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P91" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q91" s="6">
+        <v>1.01906393</v>
+      </c>
+      <c r="R91" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A92" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B92" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C92" s="4">
+        <v>125002</v>
+      </c>
+      <c r="D92" s="4">
+        <v>125041</v>
+      </c>
+      <c r="E92" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F92" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G92" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H92" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I92" s="36">
+        <v>3</v>
+      </c>
+      <c r="J92" s="4">
+        <v>180</v>
+      </c>
+      <c r="K92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O92" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P92" s="6">
+        <v>7.34</v>
+      </c>
+      <c r="Q92" s="6">
+        <v>2.3745807129999998</v>
+      </c>
+      <c r="R92" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A93" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B93" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C93" s="4">
+        <v>102142</v>
+      </c>
+      <c r="D93" s="4">
+        <v>102219</v>
+      </c>
+      <c r="E93" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F93" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G93" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H93" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I93" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J93" s="4">
+        <v>208</v>
+      </c>
+      <c r="K93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q93" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R93" s="8">
+        <v>57.29</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A94" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B94" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C94" s="4">
+        <v>104324</v>
+      </c>
+      <c r="D94" s="4">
+        <v>104401</v>
+      </c>
+      <c r="E94" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F94" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G94" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H94" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I94" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J94" s="4">
+        <v>184</v>
+      </c>
+      <c r="K94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q94" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R94" s="8">
+        <v>24.21</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A95" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B95" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C95" s="4">
+        <v>105247</v>
+      </c>
+      <c r="D95" s="4">
+        <v>105312</v>
+      </c>
+      <c r="E95" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F95" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G95" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H95" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I95" s="36">
+        <v>3</v>
+      </c>
+      <c r="J95" s="4">
+        <v>185</v>
+      </c>
+      <c r="K95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q95" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R95" s="8">
+        <v>23.78</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A96" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B96" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C96" s="4">
+        <v>110126</v>
+      </c>
+      <c r="D96" s="4">
+        <v>110151</v>
+      </c>
+      <c r="E96" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F96" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G96" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H96" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I96" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J96" s="4">
+        <v>175</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q96" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R96" s="8">
+        <v>26.98</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A97" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B97" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C97" s="4">
+        <v>111346</v>
+      </c>
+      <c r="D97" s="4">
+        <v>111408</v>
+      </c>
+      <c r="E97" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F97" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G97" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H97" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I97" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J97" s="4">
+        <v>195</v>
+      </c>
+      <c r="K97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q97" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R97" s="8">
+        <v>18.57</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A98" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B98" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C98" s="4">
+        <v>112321</v>
+      </c>
+      <c r="D98" s="4">
+        <v>112346</v>
+      </c>
+      <c r="E98" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F98" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G98" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H98" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I98" s="36">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J98" s="4">
+        <v>167</v>
+      </c>
+      <c r="K98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q98" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R98" s="8">
+        <v>21.99</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A99" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B99" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C99" s="4">
+        <v>115602</v>
+      </c>
+      <c r="D99" s="4">
+        <v>115640</v>
+      </c>
+      <c r="E99" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F99" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G99" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H99" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="I99" s="36">
+        <v>3.7</v>
+      </c>
+      <c r="J99" s="4">
+        <v>175</v>
+      </c>
+      <c r="K99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q99" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R99" s="8">
+        <v>35.01</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A100" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B100" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C100" s="4">
+        <v>120603</v>
+      </c>
+      <c r="D100" s="4">
+        <v>120646</v>
+      </c>
+      <c r="E100" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F100" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G100" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H100" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I100" s="36">
+        <v>4</v>
+      </c>
+      <c r="J100" s="4">
+        <v>189</v>
+      </c>
+      <c r="K100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q100" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R100" s="8">
+        <v>10.52</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A101" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B101" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C101" s="4">
+        <v>121538</v>
+      </c>
+      <c r="D101" s="4">
+        <v>121609</v>
+      </c>
+      <c r="E101" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F101" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G101" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H101" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I101" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J101" s="4">
+        <v>177</v>
+      </c>
+      <c r="K101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q101" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R101" s="8">
+        <v>12.07</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B102" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C102" s="4">
+        <v>123441</v>
+      </c>
+      <c r="D102" s="4">
+        <v>123518</v>
+      </c>
+      <c r="E102" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F102" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G102" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H102" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I102" s="36">
+        <v>3.4</v>
+      </c>
+      <c r="J102" s="4">
+        <v>161</v>
+      </c>
+      <c r="K102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q102" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R102" s="8">
+        <v>14.01</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A103" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B103" s="4">
+        <v>250227</v>
+      </c>
+      <c r="C103" s="4">
+        <v>124410</v>
+      </c>
+      <c r="D103" s="4">
+        <v>124441</v>
+      </c>
+      <c r="E103" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F103" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G103" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H103" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I103" s="36">
+        <v>4.3</v>
+      </c>
+      <c r="J103" s="4">
+        <v>166</v>
+      </c>
+      <c r="K103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q103" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R103" s="8">
+        <v>34.06</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A104" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B104" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C104" s="4">
+        <v>102448</v>
+      </c>
+      <c r="D104" s="4">
+        <v>102554</v>
+      </c>
+      <c r="E104" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F104" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G104" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H104" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I104" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J104" s="4">
+        <v>125</v>
+      </c>
+      <c r="K104" s="6">
+        <v>0</v>
+      </c>
+      <c r="L104" s="6">
+        <v>0</v>
+      </c>
+      <c r="M104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q104" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R104" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A105" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B105" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C105" s="4">
+        <v>103215</v>
+      </c>
+      <c r="D105" s="4">
+        <v>103309</v>
+      </c>
+      <c r="E105" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F105" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G105" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H105" s="5">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I105" s="36">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J105" s="4">
+        <v>139</v>
+      </c>
+      <c r="K105" s="6">
+        <v>0</v>
+      </c>
+      <c r="L105" s="6">
+        <v>0</v>
+      </c>
+      <c r="M105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q105" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R105" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A106" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B106" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C106" s="4">
+        <v>104209</v>
+      </c>
+      <c r="D106" s="4">
+        <v>104254</v>
+      </c>
+      <c r="E106" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F106" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G106" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H106" s="5">
+        <v>-104.724</v>
+      </c>
+      <c r="I106" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J106" s="4">
+        <v>138</v>
+      </c>
+      <c r="K106" s="6">
+        <v>3.11</v>
+      </c>
+      <c r="L106" s="6">
+        <v>1.1956</v>
+      </c>
+      <c r="M106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q106" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R106" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A107" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B107" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C107" s="4">
+        <v>105801</v>
+      </c>
+      <c r="D107" s="4">
+        <v>105904</v>
+      </c>
+      <c r="E107" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F107" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G107" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H107" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I107" s="36">
+        <v>2.4</v>
+      </c>
+      <c r="J107" s="4">
+        <v>125</v>
+      </c>
+      <c r="K107" s="6">
+        <v>0</v>
+      </c>
+      <c r="L107" s="6">
+        <v>0</v>
+      </c>
+      <c r="M107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q107" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R107" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A108" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B108" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C108" s="4">
+        <v>110052</v>
+      </c>
+      <c r="D108" s="4">
+        <v>110131</v>
+      </c>
+      <c r="E108" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F108" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G108" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H108" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I108" s="36">
+        <v>2.5</v>
+      </c>
+      <c r="J108" s="4">
+        <v>149</v>
+      </c>
+      <c r="K108" s="6">
+        <v>0</v>
+      </c>
+      <c r="L108" s="6">
+        <v>0</v>
+      </c>
+      <c r="M108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q108" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R108" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A109" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B109" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C109" s="4">
+        <v>110404</v>
+      </c>
+      <c r="D109" s="4">
+        <v>110455</v>
+      </c>
+      <c r="E109" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F109" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G109" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H109" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I109" s="36">
+        <v>2.7</v>
+      </c>
+      <c r="J109" s="4">
+        <v>124</v>
+      </c>
+      <c r="K109" s="6">
+        <v>0</v>
+      </c>
+      <c r="L109" s="6">
+        <v>0</v>
+      </c>
+      <c r="M109" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N109" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O109" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P109" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q109" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R109" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A110" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B110" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C110" s="4">
+        <v>111111</v>
+      </c>
+      <c r="D110" s="4">
+        <v>111147</v>
+      </c>
+      <c r="E110" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F110" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G110" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H110" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I110" s="36">
+        <v>1.6</v>
+      </c>
+      <c r="J110" s="4">
+        <v>148</v>
+      </c>
+      <c r="K110" s="6">
+        <v>0</v>
+      </c>
+      <c r="L110" s="6">
+        <v>0</v>
+      </c>
+      <c r="M110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q110" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R110" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A111" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B111" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C111" s="4">
+        <v>111937</v>
+      </c>
+      <c r="D111" s="4">
+        <v>111952</v>
+      </c>
+      <c r="E111" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F111" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G111" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H111" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I111" s="36">
+        <v>1.8</v>
+      </c>
+      <c r="J111" s="4">
+        <v>215</v>
+      </c>
+      <c r="K111" s="6">
+        <v>0</v>
+      </c>
+      <c r="L111" s="6">
+        <v>0</v>
+      </c>
+      <c r="M111" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N111" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O111" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P111" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q111" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R111" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A112" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B112" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C112" s="4">
+        <v>112525</v>
+      </c>
+      <c r="D112" s="4">
+        <v>112543</v>
+      </c>
+      <c r="E112" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F112" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G112" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H112" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I112" s="36">
+        <v>3</v>
+      </c>
+      <c r="J112" s="4">
+        <v>219</v>
+      </c>
+      <c r="K112" s="6">
+        <v>1.35</v>
+      </c>
+      <c r="L112" s="6">
+        <v>0.51900000000000002</v>
+      </c>
+      <c r="M112" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O112" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P112" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q112" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R112" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A113" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B113" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C113" s="4">
+        <v>112831</v>
+      </c>
+      <c r="D113" s="4">
+        <v>112934</v>
+      </c>
+      <c r="E113" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F113" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G113" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H113" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I113" s="36">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J113" s="4">
+        <v>179</v>
+      </c>
+      <c r="K113" s="6">
+        <v>0</v>
+      </c>
+      <c r="L113" s="6">
+        <v>0</v>
+      </c>
+      <c r="M113" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N113" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O113" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P113" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q113" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R113" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A114" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B114" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C114" s="4">
+        <v>114354</v>
+      </c>
+      <c r="D114" s="4">
+        <v>114454</v>
+      </c>
+      <c r="E114" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F114" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G114" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H114" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I114" s="36">
+        <v>3</v>
+      </c>
+      <c r="J114" s="4">
+        <v>142</v>
+      </c>
+      <c r="K114" s="6">
+        <v>0</v>
+      </c>
+      <c r="L114" s="6">
+        <v>0</v>
+      </c>
+      <c r="M114" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O114" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P114" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q114" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R114" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A115" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B115" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C115" s="4">
+        <v>114624</v>
+      </c>
+      <c r="D115" s="4">
+        <v>114727</v>
+      </c>
+      <c r="E115" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F115" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G115" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H115" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I115" s="36">
+        <v>1.8</v>
+      </c>
+      <c r="J115" s="4">
+        <v>138</v>
+      </c>
+      <c r="K115" s="6">
+        <v>0</v>
+      </c>
+      <c r="L115" s="6">
+        <v>0</v>
+      </c>
+      <c r="M115" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N115" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O115" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P115" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q115" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R115" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A116" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B116" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C116" s="4">
+        <v>112245</v>
+      </c>
+      <c r="D116" s="4">
+        <v>112344</v>
+      </c>
+      <c r="E116" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F116" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G116" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H116" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I116" s="36">
+        <v>3.2</v>
+      </c>
+      <c r="J116" s="4">
+        <v>205</v>
+      </c>
+      <c r="K116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O116" s="6">
+        <v>25.01</v>
+      </c>
+      <c r="P116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q116" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R116" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A117" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B117" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C117" s="4">
+        <v>112515</v>
+      </c>
+      <c r="D117" s="4">
+        <v>112622</v>
+      </c>
+      <c r="E117" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F117" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G117" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H117" s="5">
+        <v>-104.715</v>
+      </c>
+      <c r="I117" s="36">
+        <v>3</v>
+      </c>
+      <c r="J117" s="4">
+        <v>217</v>
+      </c>
+      <c r="K117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O117" s="6">
+        <v>30.41</v>
+      </c>
+      <c r="P117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q117" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R117" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A118" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B118" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C118" s="4">
+        <v>112842</v>
+      </c>
+      <c r="D118" s="4">
+        <v>112931</v>
+      </c>
+      <c r="E118" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F118" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G118" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H118" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I118" s="36">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J118" s="4">
+        <v>179</v>
+      </c>
+      <c r="K118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O118" s="6">
+        <v>17.14</v>
+      </c>
+      <c r="P118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R118" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A119" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B119" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C119" s="4">
+        <v>114413</v>
+      </c>
+      <c r="D119" s="4">
+        <v>114445</v>
+      </c>
+      <c r="E119" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F119" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G119" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H119" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I119" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J119" s="4">
+        <v>141</v>
+      </c>
+      <c r="K119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O119" s="6">
+        <v>0</v>
+      </c>
+      <c r="P119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q119" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R119" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A120" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B120" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C120" s="4">
+        <v>114641</v>
+      </c>
+      <c r="D120" s="4">
+        <v>114720</v>
+      </c>
+      <c r="E120" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F120" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G120" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H120" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I120" s="36">
+        <v>1.7</v>
+      </c>
+      <c r="J120" s="4">
+        <v>139</v>
+      </c>
+      <c r="K120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O120" s="6">
+        <v>4.75</v>
+      </c>
+      <c r="P120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q120" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R120" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B121" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C121" s="4">
+        <v>102448</v>
+      </c>
+      <c r="D121" s="4">
+        <v>102554</v>
+      </c>
+      <c r="E121" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F121" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G121" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H121" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I121" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J121" s="4">
+        <v>125</v>
+      </c>
+      <c r="K121" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M121" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N121" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O121" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P121" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q121" s="6">
+        <v>0</v>
+      </c>
+      <c r="R121" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B122" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C122" s="4">
+        <v>103151</v>
+      </c>
+      <c r="D122" s="4">
+        <v>103254</v>
+      </c>
+      <c r="E122" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F122" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G122" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H122" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I122" s="36">
+        <v>2.4</v>
+      </c>
+      <c r="J122" s="4">
+        <v>135</v>
+      </c>
+      <c r="K122" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N122" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O122" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P122" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q122" s="6">
+        <v>0</v>
+      </c>
+      <c r="R122" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A123" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B123" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C123" s="4">
+        <v>104203</v>
+      </c>
+      <c r="D123" s="4">
+        <v>104300</v>
+      </c>
+      <c r="E123" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F123" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G123" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H123" s="5">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I123" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J123" s="4">
+        <v>138</v>
+      </c>
+      <c r="K123" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M123" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N123" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O123" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P123" s="6">
+        <v>6.98</v>
+      </c>
+      <c r="Q123" s="6">
+        <v>2.2747000000000002</v>
+      </c>
+      <c r="R123" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A124" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B124" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C124" s="4">
+        <v>104715</v>
+      </c>
+      <c r="D124" s="4">
+        <v>104815</v>
+      </c>
+      <c r="E124" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F124" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G124" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H124" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I124" s="36">
+        <v>2.1</v>
+      </c>
+      <c r="J124" s="4">
+        <v>127</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M124" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N124" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O124" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P124" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q124" s="6">
+        <v>0</v>
+      </c>
+      <c r="R124" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A125" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B125" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C125" s="4">
+        <v>105801</v>
+      </c>
+      <c r="D125" s="4">
+        <v>105904</v>
+      </c>
+      <c r="E125" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F125" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G125" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H125" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I125" s="36">
+        <v>2.4</v>
+      </c>
+      <c r="J125" s="4">
+        <v>125</v>
+      </c>
+      <c r="K125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P125" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q125" s="6">
+        <v>1.0265</v>
+      </c>
+      <c r="R125" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A126" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B126" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C126" s="4">
+        <v>110028</v>
+      </c>
+      <c r="D126" s="4">
+        <v>110137</v>
+      </c>
+      <c r="E126" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F126" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G126" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H126" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I126" s="36">
+        <v>2.5</v>
+      </c>
+      <c r="J126" s="4">
+        <v>145</v>
+      </c>
+      <c r="K126" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M126" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N126" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O126" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P126" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q126" s="6">
+        <v>0</v>
+      </c>
+      <c r="R126" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A127" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B127" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C127" s="4">
+        <v>110358</v>
+      </c>
+      <c r="D127" s="4">
+        <v>110452</v>
+      </c>
+      <c r="E127" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F127" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G127" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H127" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I127" s="36">
+        <v>2.8</v>
+      </c>
+      <c r="J127" s="4">
+        <v>123</v>
+      </c>
+      <c r="K127" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L127" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M127" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N127" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O127" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P127" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q127" s="6">
+        <v>0</v>
+      </c>
+      <c r="R127" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A128" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B128" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C128" s="4">
+        <v>111046</v>
+      </c>
+      <c r="D128" s="4">
+        <v>111147</v>
+      </c>
+      <c r="E128" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F128" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G128" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H128" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I128" s="36">
+        <v>1.6</v>
+      </c>
+      <c r="J128" s="4">
+        <v>142</v>
+      </c>
+      <c r="K128" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L128" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M128" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N128" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O128" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P128" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q128" s="6">
+        <v>0</v>
+      </c>
+      <c r="R128" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A129" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B129" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C129" s="4">
+        <v>111910</v>
+      </c>
+      <c r="D129" s="4">
+        <v>112025</v>
+      </c>
+      <c r="E129" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F129" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G129" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H129" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I129" s="36">
+        <v>1.9</v>
+      </c>
+      <c r="J129" s="4">
+        <v>214</v>
+      </c>
+      <c r="K129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O129" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P129" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q129" s="6">
+        <v>0</v>
+      </c>
+      <c r="R129" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A130" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B130" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C130" s="4">
+        <v>112240</v>
+      </c>
+      <c r="D130" s="4">
+        <v>112343</v>
+      </c>
+      <c r="E130" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F130" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G130" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H130" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I130" s="36">
+        <v>3.3</v>
+      </c>
+      <c r="J130" s="4">
+        <v>205</v>
+      </c>
+      <c r="K130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O130" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P130" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q130" s="6">
+        <v>0</v>
+      </c>
+      <c r="R130" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A131" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B131" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C131" s="4">
+        <v>112519</v>
+      </c>
+      <c r="D131" s="4">
+        <v>112604</v>
+      </c>
+      <c r="E131" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F131" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G131" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H131" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I131" s="36">
+        <v>3</v>
+      </c>
+      <c r="J131" s="4">
+        <v>219</v>
+      </c>
+      <c r="K131" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M131" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N131" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O131" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P131" s="6">
+        <v>3.15</v>
+      </c>
+      <c r="Q131" s="6">
+        <v>1.0265</v>
+      </c>
+      <c r="R131" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A132" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B132" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C132" s="4">
+        <v>112831</v>
+      </c>
+      <c r="D132" s="4">
+        <v>112934</v>
+      </c>
+      <c r="E132" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F132" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G132" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H132" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I132" s="36">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J132" s="4">
+        <v>179</v>
+      </c>
+      <c r="K132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O132" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P132" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q132" s="6">
+        <v>0</v>
+      </c>
+      <c r="R132" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B133" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C133" s="4">
+        <v>113945</v>
+      </c>
+      <c r="D133" s="4">
+        <v>114009</v>
+      </c>
+      <c r="E133" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F133" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G133" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H133" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="I133" s="36">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J133" s="4">
+        <v>117</v>
+      </c>
+      <c r="K133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O133" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P133" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q133" s="6">
+        <v>0</v>
+      </c>
+      <c r="R133" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A134" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B134" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C134" s="4">
+        <v>114354</v>
+      </c>
+      <c r="D134" s="4">
+        <v>114454</v>
+      </c>
+      <c r="E134" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F134" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G134" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H134" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="I134" s="36">
+        <v>3</v>
+      </c>
+      <c r="J134" s="4">
+        <v>142</v>
+      </c>
+      <c r="K134" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M134" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N134" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O134" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P134" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q134" s="6">
+        <v>0</v>
+      </c>
+      <c r="R134" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="135" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A135" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B135" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C135" s="4">
+        <v>114624</v>
+      </c>
+      <c r="D135" s="4">
+        <v>114727</v>
+      </c>
+      <c r="E135" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F135" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G135" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H135" s="5">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I135" s="36">
+        <v>1.8</v>
+      </c>
+      <c r="J135" s="4">
+        <v>138</v>
+      </c>
+      <c r="K135" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M135" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N135" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O135" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P135" s="6">
+        <v>0</v>
+      </c>
+      <c r="Q135" s="6">
+        <v>0</v>
+      </c>
+      <c r="R135" s="8" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="136" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A136" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B136" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C136" s="4">
+        <v>102453</v>
+      </c>
+      <c r="D136" s="4">
+        <v>102518</v>
+      </c>
+      <c r="E136" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F136" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G136" s="5">
+        <v>-104.723</v>
+      </c>
+      <c r="H136" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I136" s="36">
+        <v>2.7</v>
+      </c>
+      <c r="J136" s="4">
+        <v>121</v>
+      </c>
+      <c r="K136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q136" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R136" s="8">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A137" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B137" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C137" s="4">
+        <v>103214</v>
+      </c>
+      <c r="D137" s="4">
+        <v>103307</v>
+      </c>
+      <c r="E137" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F137" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G137" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="H137" s="5">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I137" s="36">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J137" s="4">
+        <v>139</v>
+      </c>
+      <c r="K137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q137" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R137" s="8">
+        <v>21.14</v>
+      </c>
+    </row>
+    <row r="138" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A138" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B138" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C138" s="4">
+        <v>104137</v>
+      </c>
+      <c r="D138" s="4">
+        <v>104313</v>
+      </c>
+      <c r="E138" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F138" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G138" s="5">
+        <v>-104.714</v>
+      </c>
+      <c r="H138" s="5">
+        <v>-104.726</v>
+      </c>
+      <c r="I138" s="36">
+        <v>2.6</v>
+      </c>
+      <c r="J138" s="4">
+        <v>137</v>
+      </c>
+      <c r="K138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q138" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R138" s="8">
+        <v>82.35</v>
+      </c>
+    </row>
+    <row r="139" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A139" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B139" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C139" s="4">
+        <v>110047</v>
+      </c>
+      <c r="D139" s="4">
+        <v>110134</v>
+      </c>
+      <c r="E139" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F139" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G139" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H139" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I139" s="36">
+        <v>2.5</v>
+      </c>
+      <c r="J139" s="4">
+        <v>149</v>
+      </c>
+      <c r="K139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q139" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R139" s="8">
+        <v>30.43</v>
+      </c>
+    </row>
+    <row r="140" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A140" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B140" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C140" s="4">
+        <v>111054</v>
+      </c>
+      <c r="D140" s="4">
+        <v>111153</v>
+      </c>
+      <c r="E140" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F140" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G140" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="H140" s="5">
+        <v>-104.724</v>
+      </c>
+      <c r="I140" s="36">
+        <v>1.6</v>
+      </c>
+      <c r="J140" s="4">
+        <v>145</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q140" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R140" s="8">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="141" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A141" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B141" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C141" s="4">
+        <v>111925</v>
+      </c>
+      <c r="D141" s="4">
+        <v>112015</v>
+      </c>
+      <c r="E141" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F141" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G141" s="5">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H141" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I141" s="36">
+        <v>1.8</v>
+      </c>
+      <c r="J141" s="4">
+        <v>215</v>
+      </c>
+      <c r="K141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q141" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R141" s="8">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="142" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A142" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B142" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C142" s="4">
+        <v>112516</v>
+      </c>
+      <c r="D142" s="4">
+        <v>112541</v>
+      </c>
+      <c r="E142" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F142" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="G142" s="5">
+        <v>-104.721</v>
+      </c>
+      <c r="H142" s="5">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I142" s="36">
+        <v>2.9</v>
+      </c>
+      <c r="J142" s="4">
+        <v>218</v>
+      </c>
+      <c r="K142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q142" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R142" s="8">
+        <v>30.62</v>
+      </c>
+    </row>
+    <row r="143" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A143" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B143" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C143" s="4">
+        <v>112842</v>
+      </c>
+      <c r="D143" s="4">
+        <v>112907</v>
+      </c>
+      <c r="E143" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F143" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G143" s="5">
+        <v>-104.718</v>
+      </c>
+      <c r="H143" s="5">
+        <v>-104.72</v>
+      </c>
+      <c r="I143" s="36">
+        <v>2.4</v>
+      </c>
+      <c r="J143" s="4">
+        <v>181</v>
+      </c>
+      <c r="K143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q143" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R143" s="8">
+        <v>10.11</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A144" s="7">
+        <v>2025</v>
+      </c>
+      <c r="B144" s="4">
+        <v>250311</v>
+      </c>
+      <c r="C144" s="4">
+        <v>113924</v>
+      </c>
+      <c r="D144" s="4">
+        <v>114045</v>
+      </c>
+      <c r="E144" s="5">
+        <v>40.2181</v>
+      </c>
+      <c r="F144" s="5">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G144" s="5">
+        <v>-104.726</v>
+      </c>
+      <c r="H144" s="5">
+        <v>-104.717</v>
+      </c>
+      <c r="I144" s="36">
+        <v>2</v>
+      </c>
+      <c r="J144" s="4">
+        <v>112</v>
+      </c>
+      <c r="K144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="L144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="M144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="N144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="O144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="P144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q144" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="R144" s="8">
+        <v>4.95</v>
+      </c>
+    </row>
+    <row r="145" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A145" s="9">
+        <v>2025</v>
+      </c>
+      <c r="B145" s="10">
+        <v>250311</v>
+      </c>
+      <c r="C145" s="10">
+        <v>114649</v>
+      </c>
+      <c r="D145" s="10">
+        <v>114714</v>
+      </c>
+      <c r="E145" s="11">
+        <v>40.2181</v>
+      </c>
+      <c r="F145" s="11">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G145" s="11">
+        <v>-104.72</v>
+      </c>
+      <c r="H145" s="11">
+        <v>-104.718</v>
+      </c>
+      <c r="I145" s="37">
+        <v>1.7</v>
+      </c>
+      <c r="J145" s="10">
+        <v>140</v>
+      </c>
+      <c r="K145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="N145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="O145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="P145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q145" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="R145" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A146" s="14" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:R100"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A86" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B115" sqref="B115"/>
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.3" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="10.5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7.625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="10.75" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="9.25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
-    <col min="7" max="8" width="10" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="18" max="18" width="16.25" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="2" t="s">
@@ -8829,5505 +36147,10573 @@
       <c r="K2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="P2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="Q2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="R2" s="3" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="3" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
-      <c r="A3" s="7">
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="31">
         <v>2025</v>
       </c>
-      <c r="B3" s="4">
+      <c r="B3" s="32">
         <v>250429</v>
       </c>
-      <c r="C3" s="4">
+      <c r="C3" s="32">
         <v>91601</v>
       </c>
-      <c r="D3" s="4">
+      <c r="D3" s="32">
         <v>91639</v>
       </c>
-      <c r="E3" s="5">
-[...5 lines deleted...]
-      <c r="G3" s="5">
+      <c r="E3" s="33">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F3" s="33">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G3" s="33">
         <v>-104.71899999999999</v>
       </c>
-      <c r="H3" s="5">
+      <c r="H3" s="33">
         <v>-104.723</v>
       </c>
-      <c r="I3" s="6">
+      <c r="I3" s="38">
         <v>5.4</v>
       </c>
-      <c r="J3" s="6">
+      <c r="J3" s="32">
         <v>162</v>
       </c>
-      <c r="K3" s="6" t="s">
-[...20 lines deleted...]
-      <c r="R3" s="8">
+      <c r="K3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="L3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="M3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="35">
         <v>27.73</v>
       </c>
     </row>
-    <row r="4" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="7">
         <v>2025</v>
       </c>
       <c r="B4" s="4">
         <v>250429</v>
       </c>
       <c r="C4" s="4">
         <v>91824</v>
       </c>
       <c r="D4" s="4">
         <v>91855</v>
       </c>
       <c r="E4" s="5">
         <v>40.2181</v>
       </c>
       <c r="F4" s="5">
         <v>40.2181</v>
       </c>
       <c r="G4" s="5">
         <v>-104.721</v>
       </c>
       <c r="H4" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I4" s="6">
+      <c r="I4" s="36">
         <v>6</v>
       </c>
-      <c r="J4" s="6">
+      <c r="J4" s="4">
         <v>162</v>
       </c>
       <c r="K4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R4" s="8">
         <v>73.849999999999994</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="7">
         <v>2025</v>
       </c>
       <c r="B5" s="4">
         <v>250429</v>
       </c>
       <c r="C5" s="4">
         <v>92054</v>
       </c>
       <c r="D5" s="4">
         <v>92118</v>
       </c>
       <c r="E5" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F5" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G5" s="5">
         <v>-104.72</v>
       </c>
       <c r="H5" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I5" s="6">
+      <c r="I5" s="36">
         <v>5.4</v>
       </c>
-      <c r="J5" s="6">
+      <c r="J5" s="4">
         <v>164</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R5" s="8">
         <v>22.4</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="7">
         <v>2025</v>
       </c>
       <c r="B6" s="4">
         <v>250429</v>
       </c>
       <c r="C6" s="4">
         <v>92614</v>
       </c>
       <c r="D6" s="4">
         <v>92747</v>
       </c>
       <c r="E6" s="5">
         <v>40.218000000000004</v>
       </c>
       <c r="F6" s="5">
         <v>40.2181</v>
       </c>
       <c r="G6" s="5">
         <v>-104.72799999999999</v>
       </c>
       <c r="H6" s="5">
         <v>-104.71599999999999</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6" s="36">
         <v>5.2</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6" s="4">
         <v>168</v>
       </c>
       <c r="K6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R6" s="8">
         <v>14.28</v>
       </c>
     </row>
-    <row r="7" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="7">
         <v>2025</v>
       </c>
       <c r="B7" s="4">
         <v>250429</v>
       </c>
       <c r="C7" s="4">
         <v>93047</v>
       </c>
       <c r="D7" s="4">
         <v>93125</v>
       </c>
       <c r="E7" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F7" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G7" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H7" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I7" s="6">
+      <c r="I7" s="36">
         <v>5.9</v>
       </c>
-      <c r="J7" s="6">
+      <c r="J7" s="4">
         <v>146</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R7" s="8">
         <v>44.8</v>
       </c>
     </row>
-    <row r="8" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="7">
         <v>2025</v>
       </c>
       <c r="B8" s="4">
         <v>250429</v>
       </c>
       <c r="C8" s="4">
         <v>93604</v>
       </c>
       <c r="D8" s="4">
         <v>93636</v>
       </c>
       <c r="E8" s="5">
         <v>40.2181</v>
       </c>
       <c r="F8" s="5">
         <v>40.2181</v>
       </c>
       <c r="G8" s="5">
         <v>-104.721</v>
       </c>
       <c r="H8" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8" s="36">
         <v>4.3</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8" s="4">
         <v>146</v>
       </c>
       <c r="K8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q8" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R8" s="8">
         <v>40.19</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="7">
         <v>2025</v>
       </c>
       <c r="B9" s="4">
         <v>250429</v>
       </c>
       <c r="C9" s="4">
         <v>93744</v>
       </c>
       <c r="D9" s="4">
         <v>93834</v>
       </c>
       <c r="E9" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F9" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G9" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H9" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I9" s="6">
+      <c r="I9" s="36">
         <v>6.4</v>
       </c>
-      <c r="J9" s="6">
+      <c r="J9" s="4">
         <v>155</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R9" s="8">
         <v>4.95</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="7">
         <v>2025</v>
       </c>
       <c r="B10" s="4">
         <v>250429</v>
       </c>
       <c r="C10" s="4">
         <v>94026</v>
       </c>
       <c r="D10" s="4">
         <v>94057</v>
       </c>
       <c r="E10" s="5">
         <v>40.2181</v>
       </c>
       <c r="F10" s="5">
         <v>40.2181</v>
       </c>
       <c r="G10" s="5">
         <v>-104.721</v>
       </c>
       <c r="H10" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10" s="36">
         <v>5.7</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10" s="4">
         <v>172</v>
       </c>
       <c r="K10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R10" s="8">
         <v>45.29</v>
       </c>
     </row>
-    <row r="11" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="7">
         <v>2025</v>
       </c>
       <c r="B11" s="4">
         <v>250429</v>
       </c>
       <c r="C11" s="4">
         <v>94230</v>
       </c>
       <c r="D11" s="4">
         <v>94255</v>
       </c>
       <c r="E11" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F11" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G11" s="5">
         <v>-104.72</v>
       </c>
       <c r="H11" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I11" s="6">
+      <c r="I11" s="36">
         <v>5.2</v>
       </c>
-      <c r="J11" s="6">
+      <c r="J11" s="4">
         <v>149</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R11" s="8">
         <v>14.37</v>
       </c>
     </row>
-    <row r="12" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="7">
         <v>2025</v>
       </c>
       <c r="B12" s="4">
         <v>250429</v>
       </c>
       <c r="C12" s="4">
         <v>94456</v>
       </c>
       <c r="D12" s="4">
         <v>94515</v>
       </c>
       <c r="E12" s="5">
         <v>40.2181</v>
       </c>
       <c r="F12" s="5">
         <v>40.2181</v>
       </c>
       <c r="G12" s="5">
         <v>-104.721</v>
       </c>
       <c r="H12" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12" s="36">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12" s="4">
         <v>137</v>
       </c>
       <c r="K12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R12" s="8">
         <v>41.24</v>
       </c>
     </row>
-    <row r="13" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="7">
         <v>2025</v>
       </c>
       <c r="B13" s="4">
         <v>250429</v>
       </c>
       <c r="C13" s="4">
         <v>85651</v>
       </c>
       <c r="D13" s="4">
         <v>85716</v>
       </c>
       <c r="E13" s="5">
         <v>40.2181</v>
       </c>
       <c r="F13" s="5">
         <v>40.2181</v>
       </c>
       <c r="G13" s="5">
         <v>-104.721</v>
       </c>
       <c r="H13" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I13" s="6">
+      <c r="I13" s="36">
         <v>5.3</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13" s="4">
         <v>158</v>
       </c>
       <c r="K13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R13" s="8">
         <v>42.95</v>
       </c>
     </row>
-    <row r="14" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="7">
         <v>2025</v>
       </c>
       <c r="B14" s="4">
         <v>250429</v>
       </c>
       <c r="C14" s="4">
         <v>85920</v>
       </c>
       <c r="D14" s="4">
         <v>85945</v>
       </c>
       <c r="E14" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F14" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G14" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H14" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="36">
         <v>4.8</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="4">
         <v>183</v>
       </c>
       <c r="K14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R14" s="8">
         <v>26.05</v>
       </c>
     </row>
-    <row r="15" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="7">
         <v>2025</v>
       </c>
       <c r="B15" s="4">
         <v>250429</v>
       </c>
       <c r="C15" s="4">
         <v>90218</v>
       </c>
       <c r="D15" s="4">
         <v>90255</v>
       </c>
       <c r="E15" s="5">
         <v>40.2181</v>
       </c>
       <c r="F15" s="5">
         <v>40.2181</v>
       </c>
       <c r="G15" s="5">
         <v>-104.72</v>
       </c>
       <c r="H15" s="5">
         <v>-104.717</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="36">
         <v>4</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="4">
         <v>167</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R15" s="8">
         <v>18.25</v>
       </c>
     </row>
-    <row r="16" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="7">
         <v>2025</v>
       </c>
       <c r="B16" s="4">
         <v>250429</v>
       </c>
       <c r="C16" s="4">
         <v>91047</v>
       </c>
       <c r="D16" s="4">
         <v>91125</v>
       </c>
       <c r="E16" s="5">
         <v>40.2181</v>
       </c>
       <c r="F16" s="5">
         <v>40.2181</v>
       </c>
       <c r="G16" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H16" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="36">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="4">
         <v>176</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R16" s="8">
         <v>19.8</v>
       </c>
     </row>
-    <row r="17" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="7">
         <v>2025</v>
       </c>
       <c r="B17" s="4">
         <v>250429</v>
       </c>
       <c r="C17" s="4">
         <v>95944</v>
       </c>
       <c r="D17" s="4">
         <v>100009</v>
       </c>
       <c r="E17" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F17" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G17" s="5">
         <v>-104.72</v>
       </c>
       <c r="H17" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17" s="36">
         <v>6.1</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17" s="4">
         <v>150</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R17" s="8">
         <v>12.8</v>
       </c>
     </row>
-    <row r="18" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="7">
         <v>2025</v>
       </c>
       <c r="B18" s="4">
         <v>250429</v>
       </c>
       <c r="C18" s="4">
         <v>100321</v>
       </c>
       <c r="D18" s="4">
         <v>100405</v>
       </c>
       <c r="E18" s="5">
         <v>40.2181</v>
       </c>
       <c r="F18" s="5">
         <v>40.2181</v>
       </c>
       <c r="G18" s="5">
         <v>-104.72</v>
       </c>
       <c r="H18" s="5">
         <v>-104.717</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18" s="36">
         <v>4.4000000000000004</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18" s="4">
         <v>170</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R18" s="8">
         <v>4.95</v>
       </c>
     </row>
-    <row r="19" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>2025</v>
       </c>
       <c r="B19" s="4">
         <v>250429</v>
       </c>
       <c r="C19" s="4">
         <v>100703</v>
       </c>
       <c r="D19" s="4">
         <v>100747</v>
       </c>
       <c r="E19" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F19" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G19" s="5">
         <v>-104.718</v>
       </c>
       <c r="H19" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I19" s="6">
+      <c r="I19" s="36">
         <v>5</v>
       </c>
-      <c r="J19" s="6">
+      <c r="J19" s="4">
         <v>174</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R19" s="8">
         <v>4.95</v>
       </c>
     </row>
-    <row r="20" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="7">
         <v>2025</v>
       </c>
       <c r="B20" s="4">
         <v>250429</v>
       </c>
       <c r="C20" s="4">
         <v>100939</v>
       </c>
       <c r="D20" s="4">
         <v>100957</v>
       </c>
       <c r="E20" s="5">
         <v>40.2181</v>
       </c>
       <c r="F20" s="5">
         <v>40.2181</v>
       </c>
       <c r="G20" s="5">
         <v>-104.72</v>
       </c>
       <c r="H20" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20" s="36">
         <v>4.5999999999999996</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20" s="4">
         <v>155</v>
       </c>
       <c r="K20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R20" s="8">
         <v>53.16</v>
       </c>
     </row>
-    <row r="21" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="7">
         <v>2025</v>
       </c>
       <c r="B21" s="4">
         <v>250429</v>
       </c>
       <c r="C21" s="4">
         <v>101533</v>
       </c>
       <c r="D21" s="4">
         <v>101551</v>
       </c>
       <c r="E21" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F21" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G21" s="5">
         <v>-104.72</v>
       </c>
       <c r="H21" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21" s="36">
         <v>6.6</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21" s="4">
         <v>170</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R21" s="8">
         <v>30.8</v>
       </c>
     </row>
-    <row r="22" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="7">
         <v>2025</v>
       </c>
       <c r="B22" s="4">
         <v>250429</v>
       </c>
       <c r="C22" s="4">
         <v>90812</v>
       </c>
       <c r="D22" s="4">
         <v>90855</v>
       </c>
       <c r="E22" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F22" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G22" s="5">
         <v>-104.717</v>
       </c>
       <c r="H22" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I22" s="6">
+      <c r="I22" s="36">
         <v>5.4</v>
       </c>
-      <c r="J22" s="6">
+      <c r="J22" s="4">
         <v>178</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R22" s="8">
         <v>26.05</v>
       </c>
     </row>
-    <row r="23" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="7">
         <v>2025</v>
       </c>
       <c r="B23" s="4">
         <v>250429</v>
       </c>
       <c r="C23" s="4">
         <v>91604</v>
       </c>
       <c r="D23" s="4">
         <v>91620</v>
       </c>
       <c r="E23" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F23" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G23" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H23" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I23" s="6">
+      <c r="I23" s="36">
         <v>5.6</v>
       </c>
-      <c r="J23" s="6">
+      <c r="J23" s="4">
         <v>164</v>
       </c>
       <c r="K23" s="6">
         <v>0</v>
       </c>
       <c r="L23" s="6">
         <v>0</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R23" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="24" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="7">
         <v>2025</v>
       </c>
       <c r="B24" s="4">
         <v>250429</v>
       </c>
       <c r="C24" s="4">
         <v>91820</v>
       </c>
       <c r="D24" s="4">
         <v>91852</v>
       </c>
       <c r="E24" s="5">
         <v>40.2181</v>
       </c>
       <c r="F24" s="5">
         <v>40.2181</v>
       </c>
       <c r="G24" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H24" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24" s="36">
         <v>6</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24" s="4">
         <v>160</v>
       </c>
       <c r="K24" s="6">
         <v>3.94</v>
       </c>
       <c r="L24" s="6">
         <v>1.5022</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q24" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R24" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="25" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="7">
         <v>2025</v>
       </c>
       <c r="B25" s="4">
         <v>250429</v>
       </c>
       <c r="C25" s="4">
         <v>92056</v>
       </c>
       <c r="D25" s="4">
         <v>92124</v>
       </c>
       <c r="E25" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F25" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G25" s="5">
         <v>-104.72</v>
       </c>
       <c r="H25" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I25" s="6">
+      <c r="I25" s="36">
         <v>5.3</v>
       </c>
-      <c r="J25" s="6">
+      <c r="J25" s="4">
         <v>164</v>
       </c>
       <c r="K25" s="6">
         <v>2.71</v>
       </c>
       <c r="L25" s="6">
         <v>1.0333000000000001</v>
       </c>
       <c r="M25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q25" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R25" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="26" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="7">
         <v>2025</v>
       </c>
       <c r="B26" s="4">
         <v>250429</v>
       </c>
       <c r="C26" s="4">
         <v>92644</v>
       </c>
       <c r="D26" s="4">
         <v>92720</v>
       </c>
       <c r="E26" s="5">
         <v>40.2181</v>
       </c>
       <c r="F26" s="5">
         <v>40.2181</v>
       </c>
       <c r="G26" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H26" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26" s="36">
         <v>5.4</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26" s="4">
         <v>171</v>
       </c>
       <c r="K26" s="6">
         <v>2.88</v>
       </c>
       <c r="L26" s="6">
         <v>1.0981000000000001</v>
       </c>
       <c r="M26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R26" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="27" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="7">
         <v>2025</v>
       </c>
       <c r="B27" s="4">
         <v>250429</v>
       </c>
       <c r="C27" s="4">
         <v>93056</v>
       </c>
       <c r="D27" s="4">
         <v>93120</v>
       </c>
       <c r="E27" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F27" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G27" s="5">
         <v>-104.72</v>
       </c>
       <c r="H27" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27" s="36">
         <v>5.9</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27" s="4">
         <v>146</v>
       </c>
       <c r="K27" s="6">
         <v>5.84</v>
       </c>
       <c r="L27" s="6">
         <v>2.2265999999999999</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R27" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="28" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A28" s="7">
         <v>2025</v>
       </c>
       <c r="B28" s="4">
         <v>250429</v>
       </c>
       <c r="C28" s="4">
         <v>93602</v>
       </c>
       <c r="D28" s="4">
         <v>93634</v>
       </c>
       <c r="E28" s="5">
         <v>40.2181</v>
       </c>
       <c r="F28" s="5">
         <v>40.2181</v>
       </c>
       <c r="G28" s="5">
         <v>-104.721</v>
       </c>
       <c r="H28" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28" s="36">
         <v>4.2</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28" s="4">
         <v>146</v>
       </c>
       <c r="K28" s="6">
         <v>2.8</v>
       </c>
       <c r="L28" s="6">
         <v>1.0676000000000001</v>
       </c>
       <c r="M28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q28" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R28" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="29" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A29" s="7">
         <v>2025</v>
       </c>
       <c r="B29" s="4">
         <v>250429</v>
       </c>
       <c r="C29" s="4">
         <v>93742</v>
       </c>
       <c r="D29" s="4">
         <v>93846</v>
       </c>
       <c r="E29" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F29" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G29" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H29" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I29" s="6">
+      <c r="I29" s="36">
         <v>6.4</v>
       </c>
-      <c r="J29" s="6">
+      <c r="J29" s="4">
         <v>155</v>
       </c>
       <c r="K29" s="6">
         <v>0</v>
       </c>
       <c r="L29" s="6">
         <v>0</v>
       </c>
       <c r="M29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q29" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R29" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="30" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="7">
         <v>2025</v>
       </c>
       <c r="B30" s="4">
         <v>250429</v>
       </c>
       <c r="C30" s="4">
         <v>94030</v>
       </c>
       <c r="D30" s="4">
         <v>94054</v>
       </c>
       <c r="E30" s="5">
         <v>40.2181</v>
       </c>
       <c r="F30" s="5">
         <v>40.2181</v>
       </c>
       <c r="G30" s="5">
         <v>-104.721</v>
       </c>
       <c r="H30" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30" s="36">
         <v>5.8</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30" s="4">
         <v>172</v>
       </c>
       <c r="K30" s="6">
         <v>3.11</v>
       </c>
       <c r="L30" s="6">
         <v>1.1858</v>
       </c>
       <c r="M30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R30" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="31" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A31" s="7">
         <v>2025</v>
       </c>
       <c r="B31" s="4">
         <v>250429</v>
       </c>
       <c r="C31" s="4">
         <v>94230</v>
       </c>
       <c r="D31" s="4">
         <v>94250</v>
       </c>
       <c r="E31" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F31" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G31" s="5">
         <v>-104.72</v>
       </c>
       <c r="H31" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I31" s="6">
+      <c r="I31" s="36">
         <v>5.2</v>
       </c>
-      <c r="J31" s="6">
+      <c r="J31" s="4">
         <v>150</v>
       </c>
       <c r="K31" s="6">
         <v>1.35</v>
       </c>
       <c r="L31" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R31" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="32" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="7">
         <v>2025</v>
       </c>
       <c r="B32" s="4">
         <v>250429</v>
       </c>
       <c r="C32" s="4">
         <v>94502</v>
       </c>
       <c r="D32" s="4">
         <v>94530</v>
       </c>
       <c r="E32" s="5">
         <v>40.2181</v>
       </c>
       <c r="F32" s="5">
         <v>40.2181</v>
       </c>
       <c r="G32" s="5">
         <v>-104.72</v>
       </c>
       <c r="H32" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I32" s="6">
+      <c r="I32" s="36">
         <v>5.4</v>
       </c>
-      <c r="J32" s="6">
+      <c r="J32" s="4">
         <v>137</v>
       </c>
       <c r="K32" s="6">
         <v>1.35</v>
       </c>
       <c r="L32" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R32" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="33" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="7">
         <v>2025</v>
       </c>
       <c r="B33" s="4">
         <v>250429</v>
       </c>
       <c r="C33" s="4">
         <v>95949</v>
       </c>
       <c r="D33" s="4">
         <v>100005</v>
       </c>
       <c r="E33" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F33" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G33" s="5">
         <v>-104.721</v>
       </c>
       <c r="H33" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33" s="36">
         <v>6.1</v>
       </c>
-      <c r="J33" s="6">
+      <c r="J33" s="4">
         <v>151</v>
       </c>
       <c r="K33" s="6">
         <v>1.35</v>
       </c>
       <c r="L33" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R33" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="34" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="7">
         <v>2025</v>
       </c>
       <c r="B34" s="4">
         <v>250429</v>
       </c>
       <c r="C34" s="4">
         <v>100321</v>
       </c>
       <c r="D34" s="4">
         <v>100345</v>
       </c>
       <c r="E34" s="5">
         <v>40.2181</v>
       </c>
       <c r="F34" s="5">
         <v>40.2181</v>
       </c>
       <c r="G34" s="5">
         <v>-104.72</v>
       </c>
       <c r="H34" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34" s="36">
         <v>4.7</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34" s="4">
         <v>168</v>
       </c>
       <c r="K34" s="6">
         <v>0</v>
       </c>
       <c r="L34" s="6">
         <v>0</v>
       </c>
       <c r="M34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R34" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="35" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="7">
         <v>2025</v>
       </c>
       <c r="B35" s="4">
         <v>250429</v>
       </c>
       <c r="C35" s="4">
         <v>100649</v>
       </c>
       <c r="D35" s="4">
         <v>100745</v>
       </c>
       <c r="E35" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F35" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G35" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H35" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I35" s="6">
+      <c r="I35" s="36">
         <v>5</v>
       </c>
-      <c r="J35" s="6">
+      <c r="J35" s="4">
         <v>177</v>
       </c>
       <c r="K35" s="6">
         <v>0</v>
       </c>
       <c r="L35" s="6">
         <v>0</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R35" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="36" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="7">
         <v>2025</v>
       </c>
       <c r="B36" s="4">
         <v>250429</v>
       </c>
       <c r="C36" s="4">
         <v>100937</v>
       </c>
       <c r="D36" s="4">
         <v>100957</v>
       </c>
       <c r="E36" s="5">
         <v>40.2181</v>
       </c>
       <c r="F36" s="5">
         <v>40.2181</v>
       </c>
       <c r="G36" s="5">
         <v>-104.721</v>
       </c>
       <c r="H36" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I36" s="6">
+      <c r="I36" s="36">
         <v>4.7</v>
       </c>
-      <c r="J36" s="6">
+      <c r="J36" s="4">
         <v>155</v>
       </c>
       <c r="K36" s="6">
         <v>1.35</v>
       </c>
       <c r="L36" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R36" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="37" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="7">
         <v>2025</v>
       </c>
       <c r="B37" s="4">
         <v>250429</v>
       </c>
       <c r="C37" s="4">
         <v>101529</v>
       </c>
       <c r="D37" s="4">
         <v>101549</v>
       </c>
       <c r="E37" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F37" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G37" s="5">
         <v>-104.72</v>
       </c>
       <c r="H37" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I37" s="6">
+      <c r="I37" s="36">
         <v>6.4</v>
       </c>
-      <c r="J37" s="6">
+      <c r="J37" s="4">
         <v>171</v>
       </c>
       <c r="K37" s="6">
         <v>1.35</v>
       </c>
       <c r="L37" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q37" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R37" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="38" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="7">
         <v>2025</v>
       </c>
       <c r="B38" s="4">
         <v>250429</v>
       </c>
       <c r="C38" s="4">
         <v>85648</v>
       </c>
       <c r="D38" s="4">
         <v>85716</v>
       </c>
       <c r="E38" s="5">
         <v>40.2181</v>
       </c>
       <c r="F38" s="5">
         <v>40.2181</v>
       </c>
       <c r="G38" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H38" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I38" s="6">
+      <c r="I38" s="36">
         <v>5.3</v>
       </c>
-      <c r="J38" s="6">
+      <c r="J38" s="4">
         <v>158</v>
       </c>
       <c r="K38" s="6">
         <v>1.35</v>
       </c>
       <c r="L38" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q38" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R38" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="39" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A39" s="7">
         <v>2025</v>
       </c>
       <c r="B39" s="4">
         <v>250429</v>
       </c>
       <c r="C39" s="4">
         <v>85904</v>
       </c>
       <c r="D39" s="4">
         <v>85948</v>
       </c>
       <c r="E39" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F39" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G39" s="5">
         <v>-104.717</v>
       </c>
       <c r="H39" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I39" s="6">
+      <c r="I39" s="36">
         <v>4.9000000000000004</v>
       </c>
-      <c r="J39" s="6">
+      <c r="J39" s="4">
         <v>184</v>
       </c>
       <c r="K39" s="6">
         <v>1.35</v>
       </c>
       <c r="L39" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R39" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="40" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A40" s="7">
         <v>2025</v>
       </c>
       <c r="B40" s="4">
         <v>250429</v>
       </c>
       <c r="C40" s="4">
         <v>90208</v>
       </c>
       <c r="D40" s="4">
         <v>90244</v>
       </c>
       <c r="E40" s="5">
         <v>40.2181</v>
       </c>
       <c r="F40" s="5">
         <v>40.2181</v>
       </c>
       <c r="G40" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H40" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I40" s="6">
+      <c r="I40" s="36">
         <v>4.0999999999999996</v>
       </c>
-      <c r="J40" s="6">
+      <c r="J40" s="4">
         <v>164</v>
       </c>
       <c r="K40" s="6">
         <v>1.35</v>
       </c>
       <c r="L40" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R40" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="41" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A41" s="7">
         <v>2025</v>
       </c>
       <c r="B41" s="4">
         <v>250429</v>
       </c>
       <c r="C41" s="4">
         <v>90824</v>
       </c>
       <c r="D41" s="4">
         <v>90852</v>
       </c>
       <c r="E41" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F41" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G41" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H41" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I41" s="6">
+      <c r="I41" s="36">
         <v>5.4</v>
       </c>
-      <c r="J41" s="6">
+      <c r="J41" s="4">
         <v>178</v>
       </c>
       <c r="K41" s="6">
         <v>1.35</v>
       </c>
       <c r="L41" s="6">
         <v>0.51470000000000005</v>
       </c>
       <c r="M41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R41" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="42" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A42" s="7">
         <v>2025</v>
       </c>
       <c r="B42" s="4">
         <v>250429</v>
       </c>
       <c r="C42" s="4">
         <v>91048</v>
       </c>
       <c r="D42" s="4">
         <v>91116</v>
       </c>
       <c r="E42" s="5">
         <v>40.2181</v>
       </c>
       <c r="F42" s="5">
         <v>40.2181</v>
       </c>
       <c r="G42" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H42" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I42" s="6">
+      <c r="I42" s="36">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J42" s="6">
+      <c r="J42" s="4">
         <v>177</v>
       </c>
       <c r="K42" s="6">
         <v>2.87</v>
       </c>
       <c r="L42" s="6">
         <v>1.0943000000000001</v>
       </c>
       <c r="M42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R42" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="43" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A43" s="7">
         <v>2025</v>
       </c>
       <c r="B43" s="4">
         <v>250429</v>
       </c>
       <c r="C43" s="4">
         <v>91554</v>
       </c>
       <c r="D43" s="4">
         <v>91619</v>
       </c>
       <c r="E43" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F43" s="5">
         <v>40.2181</v>
       </c>
       <c r="G43" s="5">
         <v>-104.718</v>
       </c>
       <c r="H43" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I43" s="6">
+      <c r="I43" s="36">
         <v>5.6</v>
       </c>
-      <c r="J43" s="6">
+      <c r="J43" s="4">
         <v>165</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O43" s="6">
         <v>3.83</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R43" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="44" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A44" s="7">
         <v>2025</v>
       </c>
       <c r="B44" s="4">
         <v>250429</v>
       </c>
       <c r="C44" s="4">
         <v>91822</v>
       </c>
       <c r="D44" s="4">
         <v>91857</v>
       </c>
       <c r="E44" s="5">
         <v>40.2181</v>
       </c>
       <c r="F44" s="5">
         <v>40.2181</v>
       </c>
       <c r="G44" s="5">
         <v>-104.721</v>
       </c>
       <c r="H44" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I44" s="6">
+      <c r="I44" s="36">
         <v>6</v>
       </c>
-      <c r="J44" s="6">
+      <c r="J44" s="4">
         <v>162</v>
       </c>
       <c r="K44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O44" s="6">
         <v>31.71</v>
       </c>
       <c r="P44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R44" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="45" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A45" s="7">
         <v>2025</v>
       </c>
       <c r="B45" s="4">
         <v>250429</v>
       </c>
       <c r="C45" s="4">
         <v>92035</v>
       </c>
       <c r="D45" s="4">
         <v>92100</v>
       </c>
       <c r="E45" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F45" s="5">
         <v>40.2181</v>
       </c>
       <c r="G45" s="5">
         <v>-104.718</v>
       </c>
       <c r="H45" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I45" s="6">
+      <c r="I45" s="36">
         <v>5.5</v>
       </c>
-      <c r="J45" s="6">
+      <c r="J45" s="4">
         <v>162</v>
       </c>
       <c r="K45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O45" s="6">
         <v>26.41</v>
       </c>
       <c r="P45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R45" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A46" s="7">
         <v>2025</v>
       </c>
       <c r="B46" s="4">
         <v>250429</v>
       </c>
       <c r="C46" s="4">
         <v>92709</v>
       </c>
       <c r="D46" s="4">
         <v>92746</v>
       </c>
       <c r="E46" s="5">
         <v>40.2181</v>
       </c>
       <c r="F46" s="5">
         <v>40.2181</v>
       </c>
       <c r="G46" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H46" s="5">
         <v>-104.71599999999999</v>
       </c>
-      <c r="I46" s="6">
+      <c r="I46" s="36">
         <v>5.3</v>
       </c>
-      <c r="J46" s="6">
+      <c r="J46" s="4">
         <v>163</v>
       </c>
       <c r="K46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O46" s="6">
         <v>27.8</v>
       </c>
       <c r="P46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q46" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R46" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="47" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A47" s="7">
         <v>2025</v>
       </c>
       <c r="B47" s="4">
         <v>250429</v>
       </c>
       <c r="C47" s="4">
         <v>93046</v>
       </c>
       <c r="D47" s="4">
         <v>93132</v>
       </c>
       <c r="E47" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F47" s="5">
         <v>40.2181</v>
       </c>
       <c r="G47" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H47" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I47" s="6">
+      <c r="I47" s="36">
         <v>5.9</v>
       </c>
-      <c r="J47" s="6">
+      <c r="J47" s="4">
         <v>145</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O47" s="6">
         <v>8.73</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R47" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="48" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A48" s="7">
         <v>2025</v>
       </c>
       <c r="B48" s="4">
         <v>250429</v>
       </c>
       <c r="C48" s="4">
         <v>100922</v>
       </c>
       <c r="D48" s="4">
         <v>101017</v>
       </c>
       <c r="E48" s="5">
         <v>40.2181</v>
       </c>
       <c r="F48" s="5">
         <v>40.2181</v>
       </c>
       <c r="G48" s="5">
         <v>-104.723</v>
       </c>
       <c r="H48" s="5">
         <v>-104.717</v>
       </c>
-      <c r="I48" s="6">
+      <c r="I48" s="36">
         <v>4.7</v>
       </c>
-      <c r="J48" s="6">
+      <c r="J48" s="4">
         <v>155</v>
       </c>
       <c r="K48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O48" s="6">
         <v>11.98</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q48" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R48" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="49" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A49" s="7">
         <v>2025</v>
       </c>
       <c r="B49" s="4">
         <v>250429</v>
       </c>
       <c r="C49" s="4">
         <v>101504</v>
       </c>
       <c r="D49" s="4">
         <v>101601</v>
       </c>
       <c r="E49" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F49" s="5">
         <v>40.2181</v>
       </c>
       <c r="G49" s="5">
         <v>-104.717</v>
       </c>
       <c r="H49" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I49" s="6">
+      <c r="I49" s="36">
         <v>6.1</v>
       </c>
-      <c r="J49" s="6">
+      <c r="J49" s="4">
         <v>171</v>
       </c>
       <c r="K49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O49" s="6">
         <v>4.6100000000000003</v>
       </c>
       <c r="P49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q49" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R49" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="50" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A50" s="7">
         <v>2025</v>
       </c>
       <c r="B50" s="4">
         <v>250429</v>
       </c>
       <c r="C50" s="4">
         <v>85653</v>
       </c>
       <c r="D50" s="4">
         <v>85725</v>
       </c>
       <c r="E50" s="5">
         <v>40.2181</v>
       </c>
       <c r="F50" s="5">
         <v>40.2181</v>
       </c>
       <c r="G50" s="5">
         <v>-104.721</v>
       </c>
       <c r="H50" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I50" s="6">
+      <c r="I50" s="36">
         <v>5.4</v>
       </c>
-      <c r="J50" s="6">
+      <c r="J50" s="4">
         <v>158</v>
       </c>
       <c r="K50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O50" s="6">
         <v>25.05</v>
       </c>
       <c r="P50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q50" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R50" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="51" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A51" s="7">
         <v>2025</v>
       </c>
       <c r="B51" s="4">
         <v>250429</v>
       </c>
       <c r="C51" s="4">
         <v>85920</v>
       </c>
       <c r="D51" s="4">
         <v>85935</v>
       </c>
       <c r="E51" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F51" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G51" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H51" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I51" s="6">
+      <c r="I51" s="36">
         <v>4.9000000000000004</v>
       </c>
-      <c r="J51" s="6">
+      <c r="J51" s="4">
         <v>183</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O51" s="6">
         <v>4.91</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R51" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="52" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A52" s="7">
         <v>2025</v>
       </c>
       <c r="B52" s="4">
         <v>250429</v>
       </c>
       <c r="C52" s="4">
         <v>90228</v>
       </c>
       <c r="D52" s="4">
         <v>90314</v>
       </c>
       <c r="E52" s="5">
         <v>40.2181</v>
       </c>
       <c r="F52" s="5">
         <v>40.2181</v>
       </c>
       <c r="G52" s="5">
         <v>-104.72</v>
       </c>
       <c r="H52" s="5">
         <v>-104.715</v>
       </c>
-      <c r="I52" s="6">
+      <c r="I52" s="36">
         <v>3.8</v>
       </c>
-      <c r="J52" s="6">
+      <c r="J52" s="4">
         <v>170</v>
       </c>
       <c r="K52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O52" s="6">
         <v>39.200000000000003</v>
       </c>
       <c r="P52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q52" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R52" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="53" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A53" s="7">
         <v>2025</v>
       </c>
       <c r="B53" s="4">
         <v>250429</v>
       </c>
       <c r="C53" s="4">
         <v>90825</v>
       </c>
       <c r="D53" s="4">
         <v>90852</v>
       </c>
       <c r="E53" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F53" s="5">
         <v>40.2181</v>
       </c>
       <c r="G53" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H53" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I53" s="6">
+      <c r="I53" s="36">
         <v>5.4</v>
       </c>
-      <c r="J53" s="6">
+      <c r="J53" s="4">
         <v>178</v>
       </c>
       <c r="K53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O53" s="6">
         <v>10.38</v>
       </c>
       <c r="P53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q53" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R53" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="54" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A54" s="7">
         <v>2025</v>
       </c>
       <c r="B54" s="4">
         <v>250429</v>
       </c>
       <c r="C54" s="4">
         <v>91050</v>
       </c>
       <c r="D54" s="4">
         <v>91135</v>
       </c>
       <c r="E54" s="5">
         <v>40.2181</v>
       </c>
       <c r="F54" s="5">
         <v>40.2181</v>
       </c>
       <c r="G54" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H54" s="5">
         <v>-104.717</v>
       </c>
-      <c r="I54" s="6">
+      <c r="I54" s="36">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J54" s="6">
+      <c r="J54" s="4">
         <v>175</v>
       </c>
       <c r="K54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O54" s="6">
         <v>8.57</v>
       </c>
       <c r="P54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q54" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R54" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="55" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A55" s="7">
         <v>2025</v>
       </c>
       <c r="B55" s="4">
         <v>250429</v>
       </c>
       <c r="C55" s="4">
         <v>93559</v>
       </c>
       <c r="D55" s="4">
         <v>93616</v>
       </c>
       <c r="E55" s="5">
         <v>40.2181</v>
       </c>
       <c r="F55" s="5">
         <v>40.2181</v>
       </c>
       <c r="G55" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H55" s="5">
         <v>-104.72</v>
       </c>
-      <c r="I55" s="6">
+      <c r="I55" s="36">
         <v>4</v>
       </c>
-      <c r="J55" s="6">
+      <c r="J55" s="4">
         <v>149</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O55" s="6">
         <v>3.26</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R55" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="56" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A56" s="7">
         <v>2025</v>
       </c>
       <c r="B56" s="4">
         <v>250429</v>
       </c>
       <c r="C56" s="4">
         <v>93800</v>
       </c>
       <c r="D56" s="4">
         <v>93849</v>
       </c>
       <c r="E56" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F56" s="5">
         <v>40.2181</v>
       </c>
       <c r="G56" s="5">
         <v>-104.718</v>
       </c>
       <c r="H56" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I56" s="6">
+      <c r="I56" s="36">
         <v>6.3</v>
       </c>
-      <c r="J56" s="6">
+      <c r="J56" s="4">
         <v>156</v>
       </c>
       <c r="K56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O56" s="6">
         <v>8.34</v>
       </c>
       <c r="P56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q56" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R56" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="57" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A57" s="7">
         <v>2025</v>
       </c>
       <c r="B57" s="4">
         <v>250429</v>
       </c>
       <c r="C57" s="4">
         <v>94435</v>
       </c>
       <c r="D57" s="4">
         <v>94512</v>
       </c>
       <c r="E57" s="5">
         <v>40.2181</v>
       </c>
       <c r="F57" s="5">
         <v>40.2181</v>
       </c>
       <c r="G57" s="5">
         <v>-104.723</v>
       </c>
       <c r="H57" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I57" s="6">
+      <c r="I57" s="36">
         <v>5</v>
       </c>
-      <c r="J57" s="6">
+      <c r="J57" s="4">
         <v>136</v>
       </c>
       <c r="K57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O57" s="6">
         <v>40.28</v>
       </c>
       <c r="P57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q57" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R57" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="58" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A58" s="7">
         <v>2025</v>
       </c>
       <c r="B58" s="4">
         <v>250429</v>
       </c>
       <c r="C58" s="4">
         <v>94025</v>
       </c>
       <c r="D58" s="4">
         <v>94055</v>
       </c>
       <c r="E58" s="5">
         <v>40.2181</v>
       </c>
       <c r="F58" s="5">
         <v>40.2181</v>
       </c>
       <c r="G58" s="5">
         <v>-104.721</v>
       </c>
       <c r="H58" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I58" s="6">
+      <c r="I58" s="36">
         <v>5.7</v>
       </c>
-      <c r="J58" s="6">
+      <c r="J58" s="4">
         <v>171</v>
       </c>
       <c r="K58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O58" s="6">
         <v>26.04</v>
       </c>
       <c r="P58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q58" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R58" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="59" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A59" s="7">
         <v>2025</v>
       </c>
       <c r="B59" s="4">
         <v>250429</v>
       </c>
       <c r="C59" s="4">
         <v>100309</v>
       </c>
       <c r="D59" s="4">
         <v>100344</v>
       </c>
       <c r="E59" s="5">
         <v>40.2181</v>
       </c>
       <c r="F59" s="5">
         <v>40.2181</v>
       </c>
       <c r="G59" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H59" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I59" s="6">
+      <c r="I59" s="36">
         <v>4.8</v>
       </c>
-      <c r="J59" s="6">
+      <c r="J59" s="4">
         <v>167</v>
       </c>
       <c r="K59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O59" s="6">
         <v>5.73</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R59" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="60" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A60" s="7">
         <v>2025</v>
       </c>
       <c r="B60" s="4">
         <v>250429</v>
       </c>
       <c r="C60" s="4">
         <v>91612</v>
       </c>
       <c r="D60" s="4">
         <v>91636</v>
       </c>
       <c r="E60" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F60" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G60" s="5">
         <v>-104.72</v>
       </c>
       <c r="H60" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I60" s="6">
+      <c r="I60" s="36">
         <v>5.3</v>
       </c>
-      <c r="J60" s="6">
+      <c r="J60" s="4">
         <v>161</v>
       </c>
       <c r="K60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O60" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P60" s="6">
         <v>0</v>
       </c>
       <c r="Q60" s="6">
         <v>0</v>
       </c>
       <c r="R60" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="61" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A61" s="7">
         <v>2025</v>
       </c>
       <c r="B61" s="4">
         <v>250429</v>
       </c>
       <c r="C61" s="4">
         <v>91824</v>
       </c>
       <c r="D61" s="4">
         <v>91900</v>
       </c>
       <c r="E61" s="5">
         <v>40.2181</v>
       </c>
       <c r="F61" s="5">
         <v>40.2181</v>
       </c>
       <c r="G61" s="5">
         <v>-104.721</v>
       </c>
       <c r="H61" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I61" s="6">
+      <c r="I61" s="36">
         <v>5.9</v>
       </c>
-      <c r="J61" s="6">
+      <c r="J61" s="4">
         <v>163</v>
       </c>
       <c r="K61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O61" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P61" s="6">
         <v>3.15</v>
       </c>
       <c r="Q61" s="6">
         <v>1.0181</v>
       </c>
       <c r="R61" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="62" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A62" s="7">
         <v>2025</v>
       </c>
       <c r="B62" s="4">
         <v>250429</v>
       </c>
       <c r="C62" s="4">
         <v>92016</v>
       </c>
       <c r="D62" s="4">
         <v>92132</v>
       </c>
       <c r="E62" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F62" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G62" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H62" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I62" s="6">
+      <c r="I62" s="36">
         <v>5.4</v>
       </c>
-      <c r="J62" s="6">
+      <c r="J62" s="4">
         <v>162</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O62" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P62" s="6">
         <v>0</v>
       </c>
       <c r="Q62" s="6">
         <v>0</v>
       </c>
       <c r="R62" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="63" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A63" s="7">
         <v>2025</v>
       </c>
       <c r="B63" s="4">
         <v>250429</v>
       </c>
       <c r="C63" s="4">
         <v>92636</v>
       </c>
       <c r="D63" s="4">
         <v>92744</v>
       </c>
       <c r="E63" s="5">
         <v>40.2181</v>
       </c>
       <c r="F63" s="5">
         <v>40.2181</v>
       </c>
       <c r="G63" s="5">
         <v>-104.723</v>
       </c>
       <c r="H63" s="5">
         <v>-104.71599999999999</v>
       </c>
-      <c r="I63" s="6">
+      <c r="I63" s="36">
         <v>5.3</v>
       </c>
-      <c r="J63" s="6">
+      <c r="J63" s="4">
         <v>168</v>
       </c>
       <c r="K63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O63" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P63" s="6">
         <v>0</v>
       </c>
       <c r="Q63" s="6">
         <v>0</v>
       </c>
       <c r="R63" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="64" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A64" s="7">
         <v>2025</v>
       </c>
       <c r="B64" s="4">
         <v>250429</v>
       </c>
       <c r="C64" s="4">
         <v>93044</v>
       </c>
       <c r="D64" s="4">
         <v>93128</v>
       </c>
       <c r="E64" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F64" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G64" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H64" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I64" s="6">
+      <c r="I64" s="36">
         <v>5.9</v>
       </c>
-      <c r="J64" s="6">
+      <c r="J64" s="4">
         <v>145</v>
       </c>
       <c r="K64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O64" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P64" s="6">
         <v>3.15</v>
       </c>
       <c r="Q64" s="6">
         <v>1.0181</v>
       </c>
       <c r="R64" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="65" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A65" s="7">
         <v>2025</v>
       </c>
       <c r="B65" s="4">
         <v>250429</v>
       </c>
       <c r="C65" s="4">
         <v>93606</v>
       </c>
       <c r="D65" s="4">
         <v>93638</v>
       </c>
       <c r="E65" s="5">
         <v>40.2181</v>
       </c>
       <c r="F65" s="5">
         <v>40.2181</v>
       </c>
       <c r="G65" s="5">
         <v>-104.721</v>
       </c>
       <c r="H65" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I65" s="6">
+      <c r="I65" s="36">
         <v>4.3</v>
       </c>
-      <c r="J65" s="6">
+      <c r="J65" s="4">
         <v>145</v>
       </c>
       <c r="K65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O65" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P65" s="6">
         <v>3.15</v>
       </c>
       <c r="Q65" s="6">
         <v>1.0181</v>
       </c>
       <c r="R65" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="66" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A66" s="7">
         <v>2025</v>
       </c>
       <c r="B66" s="4">
         <v>250429</v>
       </c>
       <c r="C66" s="4">
         <v>93742</v>
       </c>
       <c r="D66" s="4">
         <v>93846</v>
       </c>
       <c r="E66" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F66" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G66" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H66" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I66" s="6">
+      <c r="I66" s="36">
         <v>6.4</v>
       </c>
-      <c r="J66" s="6">
+      <c r="J66" s="4">
         <v>155</v>
       </c>
       <c r="K66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O66" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P66" s="6">
         <v>0</v>
       </c>
       <c r="Q66" s="6">
         <v>0</v>
       </c>
       <c r="R66" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="67" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A67" s="7">
         <v>2025</v>
       </c>
       <c r="B67" s="4">
         <v>250429</v>
       </c>
       <c r="C67" s="4">
         <v>94030</v>
       </c>
       <c r="D67" s="4">
         <v>94058</v>
       </c>
       <c r="E67" s="5">
         <v>40.2181</v>
       </c>
       <c r="F67" s="5">
         <v>40.2181</v>
       </c>
       <c r="G67" s="5">
         <v>-104.721</v>
       </c>
       <c r="H67" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I67" s="6">
+      <c r="I67" s="36">
         <v>5.8</v>
       </c>
-      <c r="J67" s="6">
+      <c r="J67" s="4">
         <v>173</v>
       </c>
       <c r="K67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O67" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P67" s="6">
         <v>3.15</v>
       </c>
       <c r="Q67" s="6">
         <v>1.0181</v>
       </c>
       <c r="R67" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="68" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A68" s="7">
         <v>2025</v>
       </c>
       <c r="B68" s="4">
         <v>250429</v>
       </c>
       <c r="C68" s="4">
         <v>94150</v>
       </c>
       <c r="D68" s="4">
         <v>94302</v>
       </c>
       <c r="E68" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F68" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G68" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H68" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I68" s="6">
+      <c r="I68" s="36">
         <v>5.4</v>
       </c>
-      <c r="J68" s="6">
+      <c r="J68" s="4">
         <v>151</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O68" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P68" s="6">
         <v>0</v>
       </c>
       <c r="Q68" s="6">
         <v>0</v>
       </c>
       <c r="R68" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="69" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A69" s="7">
         <v>2025</v>
       </c>
       <c r="B69" s="4">
         <v>250429</v>
       </c>
       <c r="C69" s="4">
         <v>94454</v>
       </c>
       <c r="D69" s="4">
         <v>94526</v>
       </c>
       <c r="E69" s="5">
         <v>40.2181</v>
       </c>
       <c r="F69" s="5">
         <v>40.2181</v>
       </c>
       <c r="G69" s="5">
         <v>-104.721</v>
       </c>
       <c r="H69" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I69" s="6">
+      <c r="I69" s="36">
         <v>5.3</v>
       </c>
-      <c r="J69" s="6">
+      <c r="J69" s="4">
         <v>137</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O69" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P69" s="6">
         <v>0</v>
       </c>
       <c r="Q69" s="6">
         <v>0</v>
       </c>
       <c r="R69" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="70" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="7">
         <v>2025</v>
       </c>
       <c r="B70" s="4">
         <v>250429</v>
       </c>
       <c r="C70" s="4">
         <v>95913</v>
       </c>
       <c r="D70" s="4">
         <v>100021</v>
       </c>
       <c r="E70" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F70" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G70" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H70" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I70" s="6">
+      <c r="I70" s="36">
         <v>6.1</v>
       </c>
-      <c r="J70" s="6">
+      <c r="J70" s="4">
         <v>146</v>
       </c>
       <c r="K70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O70" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P70" s="6">
         <v>0</v>
       </c>
       <c r="Q70" s="6">
         <v>0</v>
       </c>
       <c r="R70" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="71" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A71" s="7">
         <v>2025</v>
       </c>
       <c r="B71" s="4">
         <v>250429</v>
       </c>
       <c r="C71" s="4">
         <v>100349</v>
       </c>
       <c r="D71" s="4">
         <v>100421</v>
       </c>
       <c r="E71" s="5">
         <v>40.2181</v>
       </c>
       <c r="F71" s="5">
         <v>40.2181</v>
       </c>
       <c r="G71" s="5">
         <v>-104.718</v>
       </c>
       <c r="H71" s="5">
         <v>-104.71599999999999</v>
       </c>
-      <c r="I71" s="6">
+      <c r="I71" s="36">
         <v>4</v>
       </c>
-      <c r="J71" s="6">
+      <c r="J71" s="4">
         <v>174</v>
       </c>
       <c r="K71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O71" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P71" s="6">
         <v>0</v>
       </c>
       <c r="Q71" s="6">
         <v>0</v>
       </c>
       <c r="R71" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="72" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A72" s="7">
         <v>2025</v>
       </c>
       <c r="B72" s="4">
         <v>250429</v>
       </c>
       <c r="C72" s="4">
         <v>100649</v>
       </c>
       <c r="D72" s="4">
         <v>100745</v>
       </c>
       <c r="E72" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F72" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G72" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H72" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I72" s="6">
+      <c r="I72" s="36">
         <v>5</v>
       </c>
-      <c r="J72" s="6">
+      <c r="J72" s="4">
         <v>177</v>
       </c>
       <c r="K72" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N72" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O72" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P72" s="6">
         <v>0</v>
       </c>
       <c r="Q72" s="6">
         <v>0</v>
       </c>
       <c r="R72" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="73" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A73" s="7">
         <v>2025</v>
       </c>
       <c r="B73" s="4">
         <v>250429</v>
       </c>
       <c r="C73" s="4">
         <v>100937</v>
       </c>
       <c r="D73" s="4">
         <v>101001</v>
       </c>
       <c r="E73" s="5">
         <v>40.2181</v>
       </c>
       <c r="F73" s="5">
         <v>40.2181</v>
       </c>
       <c r="G73" s="5">
         <v>-104.721</v>
       </c>
       <c r="H73" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I73" s="6">
+      <c r="I73" s="36">
         <v>4.5999999999999996</v>
       </c>
-      <c r="J73" s="6">
+      <c r="J73" s="4">
         <v>155</v>
       </c>
       <c r="K73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O73" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P73" s="6">
         <v>3.15</v>
       </c>
       <c r="Q73" s="6">
         <v>1.0181</v>
       </c>
       <c r="R73" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="74" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A74" s="7">
         <v>2025</v>
       </c>
       <c r="B74" s="4">
         <v>250429</v>
       </c>
       <c r="C74" s="4">
         <v>101457</v>
       </c>
       <c r="D74" s="4">
         <v>101605</v>
       </c>
       <c r="E74" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F74" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G74" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H74" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I74" s="6">
+      <c r="I74" s="36">
         <v>6</v>
       </c>
-      <c r="J74" s="6">
+      <c r="J74" s="4">
         <v>172</v>
       </c>
       <c r="K74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O74" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P74" s="6">
         <v>0</v>
       </c>
       <c r="Q74" s="6">
         <v>0</v>
       </c>
       <c r="R74" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="75" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A75" s="7">
         <v>2025</v>
       </c>
       <c r="B75" s="4">
         <v>250429</v>
       </c>
       <c r="C75" s="4">
         <v>85652</v>
       </c>
       <c r="D75" s="4">
         <v>85724</v>
       </c>
       <c r="E75" s="5">
         <v>40.2181</v>
       </c>
       <c r="F75" s="5">
         <v>40.2181</v>
       </c>
       <c r="G75" s="5">
         <v>-104.721</v>
       </c>
       <c r="H75" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I75" s="6">
+      <c r="I75" s="36">
         <v>5.5</v>
       </c>
-      <c r="J75" s="6">
+      <c r="J75" s="4">
         <v>158</v>
       </c>
       <c r="K75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O75" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P75" s="6">
         <v>3.15</v>
       </c>
       <c r="Q75" s="6">
         <v>1.0181</v>
       </c>
       <c r="R75" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="76" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A76" s="7">
         <v>2025</v>
       </c>
       <c r="B76" s="4">
         <v>250429</v>
       </c>
       <c r="C76" s="4">
         <v>85848</v>
       </c>
       <c r="D76" s="4">
         <v>90000</v>
       </c>
       <c r="E76" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F76" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G76" s="5">
         <v>-104.71599999999999</v>
       </c>
       <c r="H76" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I76" s="6">
+      <c r="I76" s="36">
         <v>5</v>
       </c>
-      <c r="J76" s="6">
+      <c r="J76" s="4">
         <v>183</v>
       </c>
       <c r="K76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O76" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P76" s="6">
         <v>0</v>
       </c>
       <c r="Q76" s="6">
         <v>0</v>
       </c>
       <c r="R76" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="77" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A77" s="7">
         <v>2025</v>
       </c>
       <c r="B77" s="4">
         <v>250429</v>
       </c>
       <c r="C77" s="4">
         <v>90216</v>
       </c>
       <c r="D77" s="4">
         <v>90252</v>
       </c>
       <c r="E77" s="5">
         <v>40.2181</v>
       </c>
       <c r="F77" s="5">
         <v>40.2181</v>
       </c>
       <c r="G77" s="5">
         <v>-104.721</v>
       </c>
       <c r="H77" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I77" s="6">
+      <c r="I77" s="36">
         <v>4</v>
       </c>
-      <c r="J77" s="6">
+      <c r="J77" s="4">
         <v>166</v>
       </c>
       <c r="K77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O77" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P77" s="6">
         <v>0</v>
       </c>
       <c r="Q77" s="6">
         <v>0</v>
       </c>
       <c r="R77" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="78" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A78" s="7">
         <v>2025</v>
       </c>
       <c r="B78" s="4">
         <v>250429</v>
       </c>
       <c r="C78" s="4">
         <v>90828</v>
       </c>
       <c r="D78" s="4">
         <v>90900</v>
       </c>
       <c r="E78" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F78" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G78" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H78" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I78" s="6">
+      <c r="I78" s="36">
         <v>5.4</v>
       </c>
-      <c r="J78" s="6">
+      <c r="J78" s="4">
         <v>177</v>
       </c>
       <c r="K78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O78" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P78" s="6">
         <v>0</v>
       </c>
       <c r="Q78" s="6">
         <v>0</v>
       </c>
       <c r="R78" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="79" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A79" s="7">
         <v>2025</v>
       </c>
       <c r="B79" s="4">
         <v>250429</v>
       </c>
       <c r="C79" s="4">
         <v>91052</v>
       </c>
       <c r="D79" s="4">
         <v>91124</v>
       </c>
       <c r="E79" s="5">
         <v>40.2181</v>
       </c>
       <c r="F79" s="5">
         <v>40.2181</v>
       </c>
       <c r="G79" s="5">
         <v>-104.721</v>
       </c>
       <c r="H79" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I79" s="6">
+      <c r="I79" s="36">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J79" s="6">
+      <c r="J79" s="4">
         <v>176</v>
       </c>
       <c r="K79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O79" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P79" s="6">
         <v>0</v>
       </c>
       <c r="Q79" s="6">
         <v>0</v>
       </c>
       <c r="R79" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="80" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A80" s="7">
         <v>2025</v>
       </c>
       <c r="B80" s="4">
         <v>250508</v>
       </c>
       <c r="C80" s="4">
         <v>104751</v>
       </c>
       <c r="D80" s="4">
         <v>104821</v>
       </c>
       <c r="E80" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F80" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G80" s="5">
         <v>-104.72</v>
       </c>
       <c r="H80" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I80" s="6">
+      <c r="I80" s="36">
         <v>1.8</v>
       </c>
-      <c r="J80" s="6">
+      <c r="J80" s="4">
         <v>122</v>
       </c>
       <c r="K80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O80" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P80" s="6">
         <v>3.15</v>
       </c>
       <c r="Q80" s="6">
         <v>1.0215000000000001</v>
       </c>
       <c r="R80" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="81" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A81" s="7">
         <v>2025</v>
       </c>
       <c r="B81" s="4">
         <v>250508</v>
       </c>
       <c r="C81" s="4">
         <v>105703</v>
       </c>
       <c r="D81" s="4">
         <v>105723</v>
       </c>
       <c r="E81" s="5">
         <v>40.2181</v>
       </c>
       <c r="F81" s="5">
         <v>40.2181</v>
       </c>
       <c r="G81" s="5">
         <v>-104.721</v>
       </c>
       <c r="H81" s="5">
         <v>-104.72</v>
       </c>
-      <c r="I81" s="6">
+      <c r="I81" s="36">
         <v>4.5</v>
       </c>
-      <c r="J81" s="6">
+      <c r="J81" s="4">
         <v>114</v>
       </c>
       <c r="K81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O81" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P81" s="6">
         <v>3.15</v>
       </c>
       <c r="Q81" s="6">
         <v>1.0215000000000001</v>
       </c>
       <c r="R81" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="82" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A82" s="7">
         <v>2025</v>
       </c>
       <c r="B82" s="4">
         <v>250508</v>
       </c>
       <c r="C82" s="4">
         <v>111048</v>
       </c>
       <c r="D82" s="4">
         <v>111113</v>
       </c>
       <c r="E82" s="5">
         <v>40.2181</v>
       </c>
       <c r="F82" s="5">
         <v>40.2181</v>
       </c>
       <c r="G82" s="5">
         <v>-104.721</v>
       </c>
       <c r="H82" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I82" s="6">
+      <c r="I82" s="36">
         <v>5.5</v>
       </c>
-      <c r="J82" s="6">
+      <c r="J82" s="4">
         <v>117</v>
       </c>
       <c r="K82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O82" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P82" s="6">
         <v>3.15</v>
       </c>
       <c r="Q82" s="6">
         <v>1.0215000000000001</v>
       </c>
       <c r="R82" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="83" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A83" s="7">
         <v>2025</v>
       </c>
       <c r="B83" s="4">
         <v>250508</v>
       </c>
       <c r="C83" s="4">
         <v>111753</v>
       </c>
       <c r="D83" s="4">
         <v>111853</v>
       </c>
       <c r="E83" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F83" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G83" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H83" s="5">
         <v>-104.723</v>
       </c>
-      <c r="I83" s="6">
+      <c r="I83" s="36">
         <v>4.2</v>
       </c>
-      <c r="J83" s="6">
+      <c r="J83" s="4">
         <v>124</v>
       </c>
       <c r="K83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O83" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P83" s="6">
         <v>0</v>
       </c>
       <c r="Q83" s="6">
         <v>0</v>
       </c>
       <c r="R83" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="84" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A84" s="7">
         <v>2025</v>
       </c>
       <c r="B84" s="4">
         <v>250508</v>
       </c>
       <c r="C84" s="4">
         <v>93134</v>
       </c>
       <c r="D84" s="4">
         <v>93206</v>
       </c>
       <c r="E84" s="5">
         <v>40.2181</v>
       </c>
       <c r="F84" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G84" s="5">
         <v>-104.721</v>
       </c>
       <c r="H84" s="5">
         <v>-104.718</v>
       </c>
-      <c r="I84" s="6">
+      <c r="I84" s="36">
         <v>3.1</v>
       </c>
-      <c r="J84" s="6">
+      <c r="J84" s="4">
         <v>186</v>
       </c>
       <c r="K84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O84" s="6">
         <v>5.82</v>
       </c>
       <c r="P84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q84" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R84" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="85" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A85" s="7">
         <v>2025</v>
       </c>
       <c r="B85" s="4">
         <v>250508</v>
       </c>
       <c r="C85" s="4">
         <v>93328</v>
       </c>
       <c r="D85" s="4">
         <v>93407</v>
       </c>
       <c r="E85" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F85" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G85" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H85" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I85" s="6">
+      <c r="I85" s="36">
         <v>2.4</v>
       </c>
-      <c r="J85" s="6">
+      <c r="J85" s="4">
         <v>184</v>
       </c>
       <c r="K85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O85" s="6">
         <v>2.63</v>
       </c>
       <c r="P85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q85" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R85" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="86" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A86" s="7">
         <v>2025</v>
       </c>
       <c r="B86" s="4">
         <v>250508</v>
       </c>
       <c r="C86" s="4">
         <v>93516</v>
       </c>
       <c r="D86" s="4">
         <v>93541</v>
       </c>
       <c r="E86" s="5">
         <v>40.2181</v>
       </c>
       <c r="F86" s="5">
         <v>40.2181</v>
       </c>
       <c r="G86" s="5">
         <v>-104.721</v>
       </c>
       <c r="H86" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I86" s="6">
+      <c r="I86" s="36">
         <v>3.3</v>
       </c>
-      <c r="J86" s="6">
+      <c r="J86" s="4">
         <v>145</v>
       </c>
       <c r="K86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O86" s="6">
         <v>5.58</v>
       </c>
       <c r="P86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q86" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R86" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="87" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A87" s="7">
         <v>2025</v>
       </c>
       <c r="B87" s="4">
         <v>250508</v>
       </c>
       <c r="C87" s="4">
         <v>93950</v>
       </c>
       <c r="D87" s="4">
         <v>94042</v>
       </c>
       <c r="E87" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F87" s="5">
         <v>40.2181</v>
       </c>
       <c r="G87" s="5">
         <v>-104.72</v>
       </c>
       <c r="H87" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I87" s="6">
+      <c r="I87" s="36">
         <v>3.8</v>
       </c>
-      <c r="J87" s="6">
+      <c r="J87" s="4">
         <v>130</v>
       </c>
       <c r="K87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O87" s="6">
         <v>1.27</v>
       </c>
       <c r="P87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q87" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R87" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="88" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A88" s="7">
         <v>2025</v>
       </c>
       <c r="B88" s="4">
         <v>250508</v>
       </c>
       <c r="C88" s="4">
         <v>95034</v>
       </c>
       <c r="D88" s="4">
         <v>95111</v>
       </c>
       <c r="E88" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F88" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G88" s="5">
         <v>-104.72</v>
       </c>
       <c r="H88" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I88" s="6">
+      <c r="I88" s="36">
         <v>4.3</v>
       </c>
-      <c r="J88" s="6">
+      <c r="J88" s="4">
         <v>134</v>
       </c>
       <c r="K88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O88" s="6">
         <v>8.1300000000000008</v>
       </c>
       <c r="P88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q88" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R88" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="89" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A89" s="7">
         <v>2025</v>
       </c>
       <c r="B89" s="4">
         <v>250508</v>
       </c>
       <c r="C89" s="4">
         <v>95215</v>
       </c>
       <c r="D89" s="4">
         <v>95242</v>
       </c>
       <c r="E89" s="5">
         <v>40.2181</v>
       </c>
       <c r="F89" s="5">
         <v>40.2181</v>
       </c>
       <c r="G89" s="5">
         <v>-104.72199999999999</v>
       </c>
       <c r="H89" s="5">
         <v>-104.72</v>
       </c>
-      <c r="I89" s="6">
+      <c r="I89" s="36">
         <v>3.1</v>
       </c>
-      <c r="J89" s="6">
+      <c r="J89" s="4">
         <v>143</v>
       </c>
       <c r="K89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O89" s="6">
         <v>16.16</v>
       </c>
       <c r="P89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q89" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R89" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="90" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A90" s="7">
         <v>2025</v>
       </c>
       <c r="B90" s="4">
         <v>250508</v>
       </c>
       <c r="C90" s="4">
         <v>95602</v>
       </c>
       <c r="D90" s="4">
         <v>95639</v>
       </c>
       <c r="E90" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F90" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G90" s="5">
         <v>-104.72</v>
       </c>
       <c r="H90" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I90" s="6">
+      <c r="I90" s="36">
         <v>4.8</v>
       </c>
-      <c r="J90" s="6">
+      <c r="J90" s="4">
         <v>145</v>
       </c>
       <c r="K90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O90" s="6">
         <v>12.87</v>
       </c>
       <c r="P90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q90" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R90" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="91" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A91" s="7">
         <v>2025</v>
       </c>
       <c r="B91" s="4">
         <v>250508</v>
       </c>
       <c r="C91" s="4">
         <v>95758</v>
       </c>
       <c r="D91" s="4">
         <v>95832</v>
       </c>
       <c r="E91" s="5">
         <v>40.2181</v>
       </c>
       <c r="F91" s="5">
         <v>40.2181</v>
       </c>
       <c r="G91" s="5">
         <v>-104.721</v>
       </c>
       <c r="H91" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I91" s="6">
+      <c r="I91" s="36">
         <v>3.6</v>
       </c>
-      <c r="J91" s="6">
+      <c r="J91" s="4">
         <v>145</v>
       </c>
       <c r="K91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O91" s="6">
         <v>6.48</v>
       </c>
       <c r="P91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q91" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R91" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="92" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A92" s="7">
         <v>2025</v>
       </c>
       <c r="B92" s="4">
         <v>250508</v>
       </c>
       <c r="C92" s="4">
         <v>100125</v>
       </c>
       <c r="D92" s="4">
         <v>100202</v>
       </c>
       <c r="E92" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F92" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G92" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H92" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I92" s="6">
+      <c r="I92" s="36">
         <v>2.9</v>
       </c>
-      <c r="J92" s="6">
+      <c r="J92" s="4">
         <v>163</v>
       </c>
       <c r="K92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O92" s="6">
         <v>2.78</v>
       </c>
       <c r="P92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q92" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R92" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="93" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A93" s="7">
         <v>2025</v>
       </c>
       <c r="B93" s="4">
         <v>250508</v>
       </c>
       <c r="C93" s="4">
         <v>101214</v>
       </c>
       <c r="D93" s="4">
         <v>101243</v>
       </c>
       <c r="E93" s="5">
         <v>40.2181</v>
       </c>
       <c r="F93" s="5">
         <v>40.2181</v>
       </c>
       <c r="G93" s="5">
         <v>-104.723</v>
       </c>
       <c r="H93" s="5">
         <v>-104.72</v>
       </c>
-      <c r="I93" s="6">
+      <c r="I93" s="36">
         <v>3.6</v>
       </c>
-      <c r="J93" s="6">
+      <c r="J93" s="4">
         <v>122</v>
       </c>
       <c r="K93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O93" s="6">
         <v>7.34</v>
       </c>
       <c r="P93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q93" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R93" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="94" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A94" s="7">
         <v>2025</v>
       </c>
       <c r="B94" s="4">
         <v>250508</v>
       </c>
       <c r="C94" s="4">
         <v>102312</v>
       </c>
       <c r="D94" s="4">
         <v>102324</v>
       </c>
       <c r="E94" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F94" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G94" s="5">
         <v>-104.721</v>
       </c>
       <c r="H94" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I94" s="6">
+      <c r="I94" s="36">
         <v>4.3</v>
       </c>
-      <c r="J94" s="6">
+      <c r="J94" s="4">
         <v>138</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O94" s="6">
         <v>5.79</v>
       </c>
       <c r="P94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q94" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R94" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="95" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A95" s="7">
         <v>2025</v>
       </c>
       <c r="B95" s="4">
         <v>250508</v>
       </c>
       <c r="C95" s="4">
         <v>103336</v>
       </c>
       <c r="D95" s="4">
         <v>103401</v>
       </c>
       <c r="E95" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F95" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G95" s="5">
         <v>-104.71899999999999</v>
       </c>
       <c r="H95" s="5">
         <v>-104.721</v>
       </c>
-      <c r="I95" s="6">
+      <c r="I95" s="36">
         <v>2.6</v>
       </c>
-      <c r="J95" s="6">
+      <c r="J95" s="4">
         <v>157</v>
       </c>
       <c r="K95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O95" s="6">
         <v>5.74</v>
       </c>
       <c r="P95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q95" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R95" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="96" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A96" s="7">
         <v>2025</v>
       </c>
       <c r="B96" s="4">
         <v>250508</v>
       </c>
       <c r="C96" s="4">
         <v>103634</v>
       </c>
       <c r="D96" s="4">
         <v>103701</v>
       </c>
       <c r="E96" s="5">
         <v>40.2181</v>
       </c>
       <c r="F96" s="5">
         <v>40.2181</v>
       </c>
       <c r="G96" s="5">
         <v>-104.721</v>
       </c>
       <c r="H96" s="5">
         <v>-104.72</v>
       </c>
-      <c r="I96" s="6">
+      <c r="I96" s="36">
         <v>2.1</v>
       </c>
-      <c r="J96" s="6">
+      <c r="J96" s="4">
         <v>177</v>
       </c>
       <c r="K96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O96" s="6">
         <v>6.31</v>
       </c>
       <c r="P96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q96" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R96" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="97" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A97" s="7">
         <v>2025</v>
       </c>
       <c r="B97" s="4">
         <v>250508</v>
       </c>
       <c r="C97" s="4">
         <v>104400</v>
       </c>
       <c r="D97" s="4">
         <v>104424</v>
       </c>
       <c r="E97" s="5">
         <v>40.2181</v>
       </c>
       <c r="F97" s="5">
         <v>40.2181</v>
       </c>
       <c r="G97" s="5">
         <v>-104.72</v>
       </c>
       <c r="H97" s="5">
         <v>-104.71899999999999</v>
       </c>
-      <c r="I97" s="6">
+      <c r="I97" s="36">
         <v>3.6</v>
       </c>
-      <c r="J97" s="6">
+      <c r="J97" s="4">
         <v>172</v>
       </c>
       <c r="K97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O97" s="6">
         <v>6.5</v>
       </c>
       <c r="P97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q97" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R97" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="98" spans="1:18" ht="16.3" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A98" s="7">
         <v>2025</v>
       </c>
       <c r="B98" s="4">
         <v>250508</v>
       </c>
       <c r="C98" s="4">
         <v>104754</v>
       </c>
       <c r="D98" s="4">
         <v>104831</v>
       </c>
       <c r="E98" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="F98" s="5">
         <v>40.218200000000003</v>
       </c>
       <c r="G98" s="5">
         <v>-104.72</v>
       </c>
       <c r="H98" s="5">
         <v>-104.72199999999999</v>
       </c>
-      <c r="I98" s="6">
+      <c r="I98" s="36">
         <v>1.9</v>
       </c>
-      <c r="J98" s="6">
+      <c r="J98" s="4">
         <v>120</v>
       </c>
       <c r="K98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="O98" s="6">
         <v>1.71</v>
       </c>
       <c r="P98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q98" s="6" t="s">
         <v>19</v>
       </c>
       <c r="R98" s="8" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="99" spans="1:18" ht="17" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A99" s="15">
+    <row r="99" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="9">
         <v>2025</v>
       </c>
-      <c r="B99" s="16">
+      <c r="B99" s="10">
         <v>250508</v>
       </c>
-      <c r="C99" s="16">
+      <c r="C99" s="10">
         <v>111817</v>
       </c>
-      <c r="D99" s="16">
+      <c r="D99" s="10">
         <v>111849</v>
       </c>
-      <c r="E99" s="17">
-[...5 lines deleted...]
-      <c r="G99" s="17">
+      <c r="E99" s="11">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F99" s="11">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G99" s="11">
         <v>-104.72</v>
       </c>
-      <c r="H99" s="17">
+      <c r="H99" s="11">
         <v>-104.723</v>
       </c>
-      <c r="I99" s="18">
+      <c r="I99" s="37">
         <v>4.0999999999999996</v>
       </c>
-      <c r="J99" s="18">
+      <c r="J99" s="10">
         <v>124</v>
       </c>
-      <c r="K99" s="18" t="s">
-[...11 lines deleted...]
-      <c r="O99" s="18">
+      <c r="K99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="L99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="M99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="N99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="O99" s="12">
         <v>5.16</v>
       </c>
-      <c r="P99" s="18" t="s">
-[...9 lines deleted...]
-    <row r="100" spans="1:18" ht="17" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="P99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q99" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="R99" s="13" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A100" s="14" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:R91"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="9.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="9" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.7109375" customWidth="1"/>
+    <col min="8" max="8" width="11" customWidth="1"/>
+    <col min="9" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="16.85546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="15.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.28515625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="15" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="15"/>
+      <c r="H1" s="15"/>
+      <c r="I1" s="15"/>
+      <c r="J1" s="15"/>
+      <c r="K1" s="15"/>
+      <c r="L1" s="15"/>
+      <c r="M1" s="15"/>
+      <c r="N1" s="15"/>
+      <c r="O1" s="15"/>
+      <c r="P1" s="15"/>
+      <c r="Q1" s="15"/>
+      <c r="R1" s="15"/>
+    </row>
+    <row r="2" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="17" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="L2" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="M2" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="N2" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="O2" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="P2" s="17" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q2" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="R2" s="18" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
+        <v>2025</v>
+      </c>
+      <c r="B3" s="22">
+        <v>250925</v>
+      </c>
+      <c r="C3" s="22">
+        <v>94407</v>
+      </c>
+      <c r="D3" s="22">
+        <v>94438</v>
+      </c>
+      <c r="E3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F3" s="22">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G3" s="22">
+        <v>-104.718</v>
+      </c>
+      <c r="H3" s="22">
+        <v>-104.721</v>
+      </c>
+      <c r="I3" s="22">
+        <v>1.5</v>
+      </c>
+      <c r="J3" s="22">
+        <v>221</v>
+      </c>
+      <c r="K3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="L3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="M3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="N3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="O3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="P3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q3" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="R3" s="23">
+        <v>184.98</v>
+      </c>
+    </row>
+    <row r="4" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B4" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C4" s="19">
+        <v>94630</v>
+      </c>
+      <c r="D4" s="19">
+        <v>94750</v>
+      </c>
+      <c r="E4" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F4" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G4" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="H4" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="I4" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J4" s="19">
+        <v>230</v>
+      </c>
+      <c r="K4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q4" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R4" s="25">
+        <v>46.76</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B5" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C5" s="19">
+        <v>95311</v>
+      </c>
+      <c r="D5" s="19">
+        <v>95354</v>
+      </c>
+      <c r="E5" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F5" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G5" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H5" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I5" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J5" s="19">
+        <v>225</v>
+      </c>
+      <c r="K5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q5" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R5" s="25">
+        <v>20.36</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C6" s="19">
+        <v>95624</v>
+      </c>
+      <c r="D6" s="19">
+        <v>95707</v>
+      </c>
+      <c r="E6" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F6" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G6" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H6" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I6" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J6" s="19">
+        <v>218</v>
+      </c>
+      <c r="K6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q6" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R6" s="25">
+        <v>30.68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C7" s="19">
+        <v>101108</v>
+      </c>
+      <c r="D7" s="19">
+        <v>101139</v>
+      </c>
+      <c r="E7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F7" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G7" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H7" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I7" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J7" s="19">
+        <v>214</v>
+      </c>
+      <c r="K7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q7" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R7" s="25">
+        <v>112.4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C8" s="19">
+        <v>101433</v>
+      </c>
+      <c r="D8" s="19">
+        <v>101504</v>
+      </c>
+      <c r="E8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F8" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G8" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H8" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I8" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J8" s="19">
+        <v>228</v>
+      </c>
+      <c r="K8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q8" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R8" s="25">
+        <v>73.05</v>
+      </c>
+    </row>
+    <row r="9" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C9" s="19">
+        <v>101907</v>
+      </c>
+      <c r="D9" s="19">
+        <v>101938</v>
+      </c>
+      <c r="E9" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F9" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G9" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H9" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I9" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J9" s="19">
+        <v>227</v>
+      </c>
+      <c r="K9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q9" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R9" s="25">
+        <v>32.78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B10" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C10" s="19">
+        <v>102248</v>
+      </c>
+      <c r="D10" s="19">
+        <v>102312</v>
+      </c>
+      <c r="E10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F10" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G10" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H10" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I10" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J10" s="19">
+        <v>222</v>
+      </c>
+      <c r="K10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q10" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R10" s="25">
+        <v>61.89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B11" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C11" s="19">
+        <v>102529</v>
+      </c>
+      <c r="D11" s="19">
+        <v>102619</v>
+      </c>
+      <c r="E11" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F11" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G11" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H11" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I11" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J11" s="19">
+        <v>234</v>
+      </c>
+      <c r="K11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q11" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R11" s="25">
+        <v>50.93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B12" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C12" s="19">
+        <v>103325</v>
+      </c>
+      <c r="D12" s="19">
+        <v>103427</v>
+      </c>
+      <c r="E12" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F12" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G12" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H12" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I12" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J12" s="19">
+        <v>190</v>
+      </c>
+      <c r="K12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q12" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R12" s="25">
+        <v>22.35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C13" s="19">
+        <v>104044</v>
+      </c>
+      <c r="D13" s="19">
+        <v>104109</v>
+      </c>
+      <c r="E13" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F13" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G13" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H13" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I13" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J13" s="19">
+        <v>216</v>
+      </c>
+      <c r="K13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q13" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R13" s="25">
+        <v>24.28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B14" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C14" s="19">
+        <v>104350</v>
+      </c>
+      <c r="D14" s="19">
+        <v>104428</v>
+      </c>
+      <c r="E14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F14" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G14" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H14" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I14" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J14" s="19">
+        <v>237</v>
+      </c>
+      <c r="K14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q14" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R14" s="25">
+        <v>10.51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A15" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B15" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C15" s="19">
+        <v>104759</v>
+      </c>
+      <c r="D15" s="19">
+        <v>104843</v>
+      </c>
+      <c r="E15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F15" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G15" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H15" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I15" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J15" s="19">
+        <v>204</v>
+      </c>
+      <c r="K15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q15" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R15" s="25">
+        <v>14.7</v>
+      </c>
+    </row>
+    <row r="16" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A16" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B16" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C16" s="19">
+        <v>105819</v>
+      </c>
+      <c r="D16" s="19">
+        <v>105850</v>
+      </c>
+      <c r="E16" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F16" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G16" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H16" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I16" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J16" s="19">
+        <v>218</v>
+      </c>
+      <c r="K16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q16" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R16" s="25">
+        <v>25.35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B17" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C17" s="19">
+        <v>110246</v>
+      </c>
+      <c r="D17" s="19">
+        <v>110333</v>
+      </c>
+      <c r="E17" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F17" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G17" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H17" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I17" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J17" s="19">
+        <v>192</v>
+      </c>
+      <c r="K17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q17" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R17" s="25">
+        <v>85.05</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B18" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C18" s="19">
+        <v>110506</v>
+      </c>
+      <c r="D18" s="19">
+        <v>110525</v>
+      </c>
+      <c r="E18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F18" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G18" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H18" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I18" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J18" s="19">
+        <v>214</v>
+      </c>
+      <c r="K18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q18" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R18" s="25">
+        <v>830.01</v>
+      </c>
+    </row>
+    <row r="19" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B19" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C19" s="19">
+        <v>111940</v>
+      </c>
+      <c r="D19" s="19">
+        <v>112005</v>
+      </c>
+      <c r="E19" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F19" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G19" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H19" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I19" s="19">
+        <v>2</v>
+      </c>
+      <c r="J19" s="19">
+        <v>233</v>
+      </c>
+      <c r="K19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q19" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R19" s="25">
+        <v>332.77</v>
+      </c>
+    </row>
+    <row r="20" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B20" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C20" s="19">
+        <v>112138</v>
+      </c>
+      <c r="D20" s="19">
+        <v>112210</v>
+      </c>
+      <c r="E20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F20" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G20" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H20" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I20" s="19">
+        <v>3</v>
+      </c>
+      <c r="J20" s="19">
+        <v>213</v>
+      </c>
+      <c r="K20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q20" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R20" s="25">
+        <v>774.71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B21" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C21" s="19">
+        <v>112640</v>
+      </c>
+      <c r="D21" s="19">
+        <v>112705</v>
+      </c>
+      <c r="E21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F21" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G21" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H21" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I21" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J21" s="19">
+        <v>124</v>
+      </c>
+      <c r="K21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q21" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R21" s="25">
+        <v>562.07000000000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B22" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C22" s="19">
+        <v>113556</v>
+      </c>
+      <c r="D22" s="19">
+        <v>113633</v>
+      </c>
+      <c r="E22" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F22" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G22" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H22" s="19">
+        <v>-104.726</v>
+      </c>
+      <c r="I22" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J22" s="19">
+        <v>141</v>
+      </c>
+      <c r="K22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q22" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R22" s="25">
+        <v>9.4700000000000006</v>
+      </c>
+    </row>
+    <row r="23" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B23" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C23" s="19">
+        <v>114048</v>
+      </c>
+      <c r="D23" s="19">
+        <v>114113</v>
+      </c>
+      <c r="E23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F23" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G23" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H23" s="19">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I23" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J23" s="19">
+        <v>127</v>
+      </c>
+      <c r="K23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q23" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R23" s="25">
+        <v>129.16999999999999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B24" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C24" s="19">
+        <v>114308</v>
+      </c>
+      <c r="D24" s="19">
+        <v>114346</v>
+      </c>
+      <c r="E24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F24" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G24" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H24" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I24" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J24" s="19">
+        <v>131</v>
+      </c>
+      <c r="K24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="L24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="M24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="N24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="O24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="P24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q24" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="R24" s="25">
+        <v>80.599999999999994</v>
+      </c>
+    </row>
+    <row r="25" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A25" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B25" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C25" s="19">
+        <v>94412</v>
+      </c>
+      <c r="D25" s="19">
+        <v>94437</v>
+      </c>
+      <c r="E25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F25" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G25" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H25" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I25" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J25" s="19">
+        <v>220</v>
+      </c>
+      <c r="K25" s="20">
+        <v>4.7699999999999996</v>
+      </c>
+      <c r="L25" s="20">
+        <v>1.8229</v>
+      </c>
+      <c r="M25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q25" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R25" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="26" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B26" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C26" s="19">
+        <v>94642</v>
+      </c>
+      <c r="D26" s="19">
+        <v>94707</v>
+      </c>
+      <c r="E26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F26" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G26" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H26" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I26" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J26" s="19">
+        <v>230</v>
+      </c>
+      <c r="K26" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L26" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q26" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R26" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B27" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C27" s="19">
+        <v>95327</v>
+      </c>
+      <c r="D27" s="19">
+        <v>95357</v>
+      </c>
+      <c r="E27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F27" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G27" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H27" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I27" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J27" s="19">
+        <v>221</v>
+      </c>
+      <c r="K27" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L27" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q27" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R27" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="28" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B28" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C28" s="19">
+        <v>95657</v>
+      </c>
+      <c r="D28" s="19">
+        <v>95722</v>
+      </c>
+      <c r="E28" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F28" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G28" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H28" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I28" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J28" s="19">
+        <v>217</v>
+      </c>
+      <c r="K28" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L28" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q28" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R28" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="29" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B29" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C29" s="19">
+        <v>101115</v>
+      </c>
+      <c r="D29" s="19">
+        <v>101145</v>
+      </c>
+      <c r="E29" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F29" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G29" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H29" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I29" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J29" s="19">
+        <v>214</v>
+      </c>
+      <c r="K29" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L29" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q29" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R29" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B30" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C30" s="19">
+        <v>101435</v>
+      </c>
+      <c r="D30" s="19">
+        <v>101510</v>
+      </c>
+      <c r="E30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F30" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G30" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H30" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I30" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J30" s="19">
+        <v>228</v>
+      </c>
+      <c r="K30" s="20">
+        <v>0</v>
+      </c>
+      <c r="L30" s="20">
+        <v>0</v>
+      </c>
+      <c r="M30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q30" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R30" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="31" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A31" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B31" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C31" s="19">
+        <v>101935</v>
+      </c>
+      <c r="D31" s="19">
+        <v>102000</v>
+      </c>
+      <c r="E31" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F31" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G31" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H31" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I31" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J31" s="19">
+        <v>216</v>
+      </c>
+      <c r="K31" s="20">
+        <v>0</v>
+      </c>
+      <c r="L31" s="20">
+        <v>0</v>
+      </c>
+      <c r="M31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q31" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R31" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="32" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B32" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C32" s="19">
+        <v>102245</v>
+      </c>
+      <c r="D32" s="19">
+        <v>102330</v>
+      </c>
+      <c r="E32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F32" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G32" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H32" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I32" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J32" s="19">
+        <v>222</v>
+      </c>
+      <c r="K32" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L32" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q32" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R32" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C33" s="19">
+        <v>102540</v>
+      </c>
+      <c r="D33" s="19">
+        <v>102625</v>
+      </c>
+      <c r="E33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F33" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G33" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H33" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I33" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J33" s="19">
+        <v>234</v>
+      </c>
+      <c r="K33" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L33" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q33" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R33" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A34" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C34" s="19">
+        <v>103330</v>
+      </c>
+      <c r="D34" s="19">
+        <v>103400</v>
+      </c>
+      <c r="E34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F34" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G34" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H34" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I34" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J34" s="19">
+        <v>187</v>
+      </c>
+      <c r="K34" s="20">
+        <v>0</v>
+      </c>
+      <c r="L34" s="20">
+        <v>0</v>
+      </c>
+      <c r="M34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q34" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R34" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A35" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C35" s="19">
+        <v>103645</v>
+      </c>
+      <c r="D35" s="19">
+        <v>103715</v>
+      </c>
+      <c r="E35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F35" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G35" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H35" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I35" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J35" s="19">
+        <v>219</v>
+      </c>
+      <c r="K35" s="20">
+        <v>0</v>
+      </c>
+      <c r="L35" s="20">
+        <v>0</v>
+      </c>
+      <c r="M35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q35" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R35" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B36" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C36" s="19">
+        <v>104100</v>
+      </c>
+      <c r="D36" s="19">
+        <v>104135</v>
+      </c>
+      <c r="E36" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F36" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G36" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H36" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I36" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J36" s="19">
+        <v>211</v>
+      </c>
+      <c r="K36" s="20">
+        <v>0</v>
+      </c>
+      <c r="L36" s="20">
+        <v>0</v>
+      </c>
+      <c r="M36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q36" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R36" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A37" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B37" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C37" s="19">
+        <v>104400</v>
+      </c>
+      <c r="D37" s="19">
+        <v>104415</v>
+      </c>
+      <c r="E37" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F37" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G37" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H37" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I37" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J37" s="19">
+        <v>237</v>
+      </c>
+      <c r="K37" s="20">
+        <v>0</v>
+      </c>
+      <c r="L37" s="20">
+        <v>0</v>
+      </c>
+      <c r="M37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q37" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R37" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B38" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C38" s="19">
+        <v>104750</v>
+      </c>
+      <c r="D38" s="19">
+        <v>104830</v>
+      </c>
+      <c r="E38" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F38" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G38" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H38" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I38" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J38" s="19">
+        <v>203</v>
+      </c>
+      <c r="K38" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L38" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q38" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R38" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B39" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C39" s="19">
+        <v>105825</v>
+      </c>
+      <c r="D39" s="19">
+        <v>105850</v>
+      </c>
+      <c r="E39" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F39" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G39" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H39" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I39" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J39" s="19">
+        <v>219</v>
+      </c>
+      <c r="K39" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L39" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q39" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R39" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A40" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B40" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C40" s="19">
+        <v>110300</v>
+      </c>
+      <c r="D40" s="19">
+        <v>110330</v>
+      </c>
+      <c r="E40" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F40" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G40" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H40" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I40" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J40" s="19">
+        <v>193</v>
+      </c>
+      <c r="K40" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L40" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q40" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R40" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B41" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C41" s="19">
+        <v>110505</v>
+      </c>
+      <c r="D41" s="19">
+        <v>110530</v>
+      </c>
+      <c r="E41" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F41" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G41" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H41" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I41" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J41" s="19">
+        <v>214</v>
+      </c>
+      <c r="K41" s="20">
+        <v>7.97</v>
+      </c>
+      <c r="L41" s="20">
+        <v>3.0457000000000001</v>
+      </c>
+      <c r="M41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q41" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R41" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B42" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C42" s="19">
+        <v>111940</v>
+      </c>
+      <c r="D42" s="19">
+        <v>112005</v>
+      </c>
+      <c r="E42" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F42" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G42" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H42" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I42" s="19">
+        <v>2</v>
+      </c>
+      <c r="J42" s="19">
+        <v>233</v>
+      </c>
+      <c r="K42" s="20">
+        <v>4.7300000000000004</v>
+      </c>
+      <c r="L42" s="20">
+        <v>1.8076000000000001</v>
+      </c>
+      <c r="M42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q42" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R42" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A43" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B43" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C43" s="19">
+        <v>112140</v>
+      </c>
+      <c r="D43" s="19">
+        <v>112210</v>
+      </c>
+      <c r="E43" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F43" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G43" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H43" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I43" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J43" s="19">
+        <v>213</v>
+      </c>
+      <c r="K43" s="20">
+        <v>9.69</v>
+      </c>
+      <c r="L43" s="20">
+        <v>3.7029999999999998</v>
+      </c>
+      <c r="M43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q43" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R43" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A44" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B44" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C44" s="19">
+        <v>112640</v>
+      </c>
+      <c r="D44" s="19">
+        <v>112705</v>
+      </c>
+      <c r="E44" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F44" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G44" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H44" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I44" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J44" s="19">
+        <v>124</v>
+      </c>
+      <c r="K44" s="20">
+        <v>8.98</v>
+      </c>
+      <c r="L44" s="20">
+        <v>3.4317000000000002</v>
+      </c>
+      <c r="M44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q44" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R44" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B45" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C45" s="19">
+        <v>113525</v>
+      </c>
+      <c r="D45" s="19">
+        <v>113600</v>
+      </c>
+      <c r="E45" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F45" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G45" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H45" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I45" s="19">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="J45" s="19">
+        <v>131</v>
+      </c>
+      <c r="K45" s="20">
+        <v>0</v>
+      </c>
+      <c r="L45" s="20">
+        <v>0</v>
+      </c>
+      <c r="M45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q45" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R45" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B46" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C46" s="19">
+        <v>114035</v>
+      </c>
+      <c r="D46" s="19">
+        <v>114110</v>
+      </c>
+      <c r="E46" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F46" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G46" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H46" s="19">
+        <v>-104.724</v>
+      </c>
+      <c r="I46" s="19">
+        <v>3</v>
+      </c>
+      <c r="J46" s="19">
+        <v>123</v>
+      </c>
+      <c r="K46" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L46" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q46" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R46" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B47" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C47" s="19">
+        <v>114255</v>
+      </c>
+      <c r="D47" s="19">
+        <v>114355</v>
+      </c>
+      <c r="E47" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F47" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G47" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H47" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I47" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J47" s="19">
+        <v>131</v>
+      </c>
+      <c r="K47" s="20">
+        <v>1.35</v>
+      </c>
+      <c r="L47" s="20">
+        <v>0.51590000000000003</v>
+      </c>
+      <c r="M47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q47" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R47" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A48" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B48" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C48" s="19">
+        <v>94412</v>
+      </c>
+      <c r="D48" s="19">
+        <v>94437</v>
+      </c>
+      <c r="E48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F48" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G48" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H48" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I48" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J48" s="19">
+        <v>220</v>
+      </c>
+      <c r="K48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O48" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P48" s="20">
+        <v>6.41</v>
+      </c>
+      <c r="Q48" s="20">
+        <v>2.0766</v>
+      </c>
+      <c r="R48" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A49" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B49" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C49" s="19">
+        <v>94637</v>
+      </c>
+      <c r="D49" s="19">
+        <v>94737</v>
+      </c>
+      <c r="E49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F49" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G49" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H49" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I49" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J49" s="19">
+        <v>230</v>
+      </c>
+      <c r="K49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O49" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P49" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q49" s="20">
+        <v>0</v>
+      </c>
+      <c r="R49" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A50" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B50" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C50" s="19">
+        <v>95247</v>
+      </c>
+      <c r="D50" s="19">
+        <v>95352</v>
+      </c>
+      <c r="E50" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F50" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G50" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H50" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I50" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J50" s="19">
+        <v>229</v>
+      </c>
+      <c r="K50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O50" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P50" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q50" s="20">
+        <v>0</v>
+      </c>
+      <c r="R50" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="51" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B51" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C51" s="19">
+        <v>95632</v>
+      </c>
+      <c r="D51" s="19">
+        <v>95732</v>
+      </c>
+      <c r="E51" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F51" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G51" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H51" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I51" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J51" s="19">
+        <v>217</v>
+      </c>
+      <c r="K51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O51" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P51" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q51" s="20">
+        <v>0</v>
+      </c>
+      <c r="R51" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A52" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B52" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C52" s="19">
+        <v>101050</v>
+      </c>
+      <c r="D52" s="19">
+        <v>101155</v>
+      </c>
+      <c r="E52" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F52" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G52" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H52" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I52" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J52" s="19">
+        <v>215</v>
+      </c>
+      <c r="K52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O52" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P52" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q52" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R52" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="53" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B53" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C53" s="19">
+        <v>101430</v>
+      </c>
+      <c r="D53" s="19">
+        <v>101505</v>
+      </c>
+      <c r="E53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F53" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G53" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H53" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I53" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J53" s="19">
+        <v>228</v>
+      </c>
+      <c r="K53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O53" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P53" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q53" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R53" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A54" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B54" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C54" s="19">
+        <v>101910</v>
+      </c>
+      <c r="D54" s="19">
+        <v>101945</v>
+      </c>
+      <c r="E54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F54" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G54" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H54" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I54" s="19">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="J54" s="19">
+        <v>224</v>
+      </c>
+      <c r="K54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O54" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P54" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="20">
+        <v>0</v>
+      </c>
+      <c r="R54" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A55" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B55" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C55" s="19">
+        <v>102235</v>
+      </c>
+      <c r="D55" s="19">
+        <v>102340</v>
+      </c>
+      <c r="E55" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F55" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G55" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H55" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I55" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J55" s="19">
+        <v>222</v>
+      </c>
+      <c r="K55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O55" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P55" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="20">
+        <v>0</v>
+      </c>
+      <c r="R55" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A56" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B56" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C56" s="19">
+        <v>102540</v>
+      </c>
+      <c r="D56" s="19">
+        <v>102620</v>
+      </c>
+      <c r="E56" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F56" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G56" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H56" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I56" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J56" s="19">
+        <v>234</v>
+      </c>
+      <c r="K56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O56" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P56" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q56" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R56" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A57" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C57" s="19">
+        <v>103320</v>
+      </c>
+      <c r="D57" s="19">
+        <v>103410</v>
+      </c>
+      <c r="E57" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F57" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G57" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H57" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I57" s="19">
+        <v>1.6</v>
+      </c>
+      <c r="J57" s="19">
+        <v>188</v>
+      </c>
+      <c r="K57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O57" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P57" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q57" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R57" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B58" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C58" s="19">
+        <v>103650</v>
+      </c>
+      <c r="D58" s="19">
+        <v>103735</v>
+      </c>
+      <c r="E58" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F58" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G58" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H58" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I58" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J58" s="19">
+        <v>217</v>
+      </c>
+      <c r="K58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O58" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P58" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="20">
+        <v>0</v>
+      </c>
+      <c r="R58" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B59" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C59" s="19">
+        <v>104025</v>
+      </c>
+      <c r="D59" s="19">
+        <v>104115</v>
+      </c>
+      <c r="E59" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F59" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G59" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H59" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I59" s="19">
+        <v>3.3</v>
+      </c>
+      <c r="J59" s="19">
+        <v>217</v>
+      </c>
+      <c r="K59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O59" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P59" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q59" s="20">
+        <v>0</v>
+      </c>
+      <c r="R59" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B60" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C60" s="19">
+        <v>104355</v>
+      </c>
+      <c r="D60" s="19">
+        <v>104440</v>
+      </c>
+      <c r="E60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F60" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G60" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H60" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I60" s="19">
+        <v>2.4</v>
+      </c>
+      <c r="J60" s="19">
+        <v>238</v>
+      </c>
+      <c r="K60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O60" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P60" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q60" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R60" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A61" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B61" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C61" s="19">
+        <v>104735</v>
+      </c>
+      <c r="D61" s="19">
+        <v>104800</v>
+      </c>
+      <c r="E61" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F61" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G61" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H61" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I61" s="19">
+        <v>3</v>
+      </c>
+      <c r="J61" s="19">
+        <v>202</v>
+      </c>
+      <c r="K61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O61" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P61" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q61" s="20">
+        <v>0</v>
+      </c>
+      <c r="R61" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A62" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B62" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C62" s="19">
+        <v>105910</v>
+      </c>
+      <c r="D62" s="19">
+        <v>105925</v>
+      </c>
+      <c r="E62" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F62" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G62" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H62" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I62" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J62" s="19">
+        <v>227</v>
+      </c>
+      <c r="K62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O62" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P62" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q62" s="20">
+        <v>0</v>
+      </c>
+      <c r="R62" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="63" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A63" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B63" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C63" s="19">
+        <v>110245</v>
+      </c>
+      <c r="D63" s="19">
+        <v>110325</v>
+      </c>
+      <c r="E63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F63" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G63" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H63" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I63" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J63" s="19">
+        <v>190</v>
+      </c>
+      <c r="K63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O63" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P63" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q63" s="20">
+        <v>0</v>
+      </c>
+      <c r="R63" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="64" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B64" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C64" s="19">
+        <v>110505</v>
+      </c>
+      <c r="D64" s="19">
+        <v>110525</v>
+      </c>
+      <c r="E64" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F64" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G64" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H64" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I64" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J64" s="19">
+        <v>214</v>
+      </c>
+      <c r="K64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O64" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P64" s="20">
+        <v>21.51</v>
+      </c>
+      <c r="Q64" s="20">
+        <v>6.9683999999999999</v>
+      </c>
+      <c r="R64" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="65" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A65" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B65" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C65" s="19">
+        <v>111945</v>
+      </c>
+      <c r="D65" s="19">
+        <v>112005</v>
+      </c>
+      <c r="E65" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F65" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G65" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H65" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I65" s="19">
+        <v>2</v>
+      </c>
+      <c r="J65" s="19">
+        <v>234</v>
+      </c>
+      <c r="K65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O65" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P65" s="20">
+        <v>10.37</v>
+      </c>
+      <c r="Q65" s="20">
+        <v>3.3595000000000002</v>
+      </c>
+      <c r="R65" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A66" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B66" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C66" s="19">
+        <v>112140</v>
+      </c>
+      <c r="D66" s="19">
+        <v>112210</v>
+      </c>
+      <c r="E66" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F66" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G66" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H66" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I66" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J66" s="19">
+        <v>213</v>
+      </c>
+      <c r="K66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O66" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P66" s="20">
+        <v>20.89</v>
+      </c>
+      <c r="Q66" s="20">
+        <v>6.7675000000000001</v>
+      </c>
+      <c r="R66" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="67" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A67" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B67" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C67" s="19">
+        <v>112640</v>
+      </c>
+      <c r="D67" s="19">
+        <v>112705</v>
+      </c>
+      <c r="E67" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F67" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G67" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H67" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I67" s="19">
+        <v>2.7</v>
+      </c>
+      <c r="J67" s="19">
+        <v>124</v>
+      </c>
+      <c r="K67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O67" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P67" s="20">
+        <v>19.14</v>
+      </c>
+      <c r="Q67" s="20">
+        <v>6.2005999999999997</v>
+      </c>
+      <c r="R67" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="68" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A68" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B68" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C68" s="19">
+        <v>113605</v>
+      </c>
+      <c r="D68" s="19">
+        <v>113620</v>
+      </c>
+      <c r="E68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F68" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G68" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H68" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="I68" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J68" s="19">
+        <v>141</v>
+      </c>
+      <c r="K68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O68" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P68" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q68" s="20">
+        <v>0</v>
+      </c>
+      <c r="R68" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A69" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B69" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C69" s="19">
+        <v>114045</v>
+      </c>
+      <c r="D69" s="19">
+        <v>114120</v>
+      </c>
+      <c r="E69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F69" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G69" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H69" s="19">
+        <v>-104.72499999999999</v>
+      </c>
+      <c r="I69" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J69" s="19">
+        <v>126</v>
+      </c>
+      <c r="K69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O69" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P69" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q69" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R69" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="70" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A70" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B70" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C70" s="19">
+        <v>114300</v>
+      </c>
+      <c r="D70" s="19">
+        <v>114340</v>
+      </c>
+      <c r="E70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F70" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G70" s="19">
+        <v>-104.723</v>
+      </c>
+      <c r="H70" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I70" s="19">
+        <v>3.1</v>
+      </c>
+      <c r="J70" s="19">
+        <v>132</v>
+      </c>
+      <c r="K70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O70" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="P70" s="20">
+        <v>3.15</v>
+      </c>
+      <c r="Q70" s="20">
+        <v>1.0205</v>
+      </c>
+      <c r="R70" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="71" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A71" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B71" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C71" s="19">
+        <v>113559</v>
+      </c>
+      <c r="D71" s="19">
+        <v>113614</v>
+      </c>
+      <c r="E71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F71" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G71" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H71" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I71" s="19">
+        <v>2</v>
+      </c>
+      <c r="J71" s="19">
+        <v>139</v>
+      </c>
+      <c r="K71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O71" s="20">
+        <v>24.27</v>
+      </c>
+      <c r="P71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q71" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R71" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="72" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A72" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B72" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C72" s="19">
+        <v>114311</v>
+      </c>
+      <c r="D72" s="19">
+        <v>114343</v>
+      </c>
+      <c r="E72" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F72" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G72" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H72" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I72" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J72" s="19">
+        <v>131</v>
+      </c>
+      <c r="K72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O72" s="20">
+        <v>24.6</v>
+      </c>
+      <c r="P72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q72" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R72" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="73" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A73" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C73" s="19">
+        <v>94354</v>
+      </c>
+      <c r="D73" s="19">
+        <v>94431</v>
+      </c>
+      <c r="E73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F73" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G73" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H73" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I73" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J73" s="19">
+        <v>226</v>
+      </c>
+      <c r="K73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O73" s="20">
+        <v>7.47</v>
+      </c>
+      <c r="P73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q73" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R73" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="74" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A74" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C74" s="19">
+        <v>94649</v>
+      </c>
+      <c r="D74" s="19">
+        <v>94707</v>
+      </c>
+      <c r="E74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F74" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G74" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H74" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I74" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J74" s="19">
+        <v>230</v>
+      </c>
+      <c r="K74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O74" s="20">
+        <v>7.9</v>
+      </c>
+      <c r="P74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q74" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R74" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="75" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A75" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C75" s="19">
+        <v>95304</v>
+      </c>
+      <c r="D75" s="19">
+        <v>95331</v>
+      </c>
+      <c r="E75" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F75" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G75" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H75" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I75" s="19">
+        <v>1.7</v>
+      </c>
+      <c r="J75" s="19">
+        <v>231</v>
+      </c>
+      <c r="K75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O75" s="20">
+        <v>3.41</v>
+      </c>
+      <c r="P75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q75" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R75" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="76" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A76" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C76" s="19">
+        <v>95631</v>
+      </c>
+      <c r="D76" s="19">
+        <v>95715</v>
+      </c>
+      <c r="E76" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F76" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G76" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H76" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I76" s="19">
+        <v>1.9</v>
+      </c>
+      <c r="J76" s="19">
+        <v>218</v>
+      </c>
+      <c r="K76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O76" s="20">
+        <v>5.87</v>
+      </c>
+      <c r="P76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q76" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R76" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A77" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C77" s="19">
+        <v>101105</v>
+      </c>
+      <c r="D77" s="19">
+        <v>101135</v>
+      </c>
+      <c r="E77" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F77" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G77" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H77" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I77" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J77" s="19">
+        <v>214</v>
+      </c>
+      <c r="K77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O77" s="20">
+        <v>17.61</v>
+      </c>
+      <c r="P77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q77" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R77" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A78" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C78" s="19">
+        <v>101439</v>
+      </c>
+      <c r="D78" s="19">
+        <v>101514</v>
+      </c>
+      <c r="E78" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F78" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G78" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H78" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I78" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J78" s="19">
+        <v>228</v>
+      </c>
+      <c r="K78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O78" s="20">
+        <v>57.06</v>
+      </c>
+      <c r="P78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q78" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R78" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A79" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B79" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C79" s="19">
+        <v>101903</v>
+      </c>
+      <c r="D79" s="19">
+        <v>101935</v>
+      </c>
+      <c r="E79" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F79" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G79" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H79" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I79" s="19">
+        <v>2.1</v>
+      </c>
+      <c r="J79" s="19">
+        <v>228</v>
+      </c>
+      <c r="K79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O79" s="20">
+        <v>14.05</v>
+      </c>
+      <c r="P79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q79" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R79" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A80" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B80" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C80" s="19">
+        <v>102232</v>
+      </c>
+      <c r="D80" s="19">
+        <v>102317</v>
+      </c>
+      <c r="E80" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F80" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G80" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="H80" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I80" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J80" s="19">
+        <v>221</v>
+      </c>
+      <c r="K80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O80" s="20">
+        <v>9.8000000000000007</v>
+      </c>
+      <c r="P80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q80" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R80" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A81" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B81" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C81" s="19">
+        <v>102523</v>
+      </c>
+      <c r="D81" s="19">
+        <v>102547</v>
+      </c>
+      <c r="E81" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F81" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G81" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H81" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="I81" s="19">
+        <v>2.8</v>
+      </c>
+      <c r="J81" s="19">
+        <v>232</v>
+      </c>
+      <c r="K81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O81" s="20">
+        <v>4.28</v>
+      </c>
+      <c r="P81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q81" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R81" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A82" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B82" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C82" s="19">
+        <v>103339</v>
+      </c>
+      <c r="D82" s="19">
+        <v>103354</v>
+      </c>
+      <c r="E82" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F82" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G82" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H82" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I82" s="19">
+        <v>1.5</v>
+      </c>
+      <c r="J82" s="19">
+        <v>187</v>
+      </c>
+      <c r="K82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O82" s="20">
+        <v>5.28</v>
+      </c>
+      <c r="P82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q82" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R82" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A83" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B83" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C83" s="19">
+        <v>103640</v>
+      </c>
+      <c r="D83" s="19">
+        <v>103708</v>
+      </c>
+      <c r="E83" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F83" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G83" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="H83" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="I83" s="19">
+        <v>2.5</v>
+      </c>
+      <c r="J83" s="19">
+        <v>218</v>
+      </c>
+      <c r="K83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O83" s="20">
+        <v>2.2799999999999998</v>
+      </c>
+      <c r="P83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q83" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R83" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A84" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B84" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C84" s="19">
+        <v>104036</v>
+      </c>
+      <c r="D84" s="19">
+        <v>104128</v>
+      </c>
+      <c r="E84" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F84" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G84" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H84" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="I84" s="19">
+        <v>3.2</v>
+      </c>
+      <c r="J84" s="19">
+        <v>215</v>
+      </c>
+      <c r="K84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O84" s="20">
+        <v>12.65</v>
+      </c>
+      <c r="P84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q84" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R84" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A85" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B85" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C85" s="19">
+        <v>104727</v>
+      </c>
+      <c r="D85" s="19">
+        <v>104824</v>
+      </c>
+      <c r="E85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F85" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G85" s="19">
+        <v>-104.715</v>
+      </c>
+      <c r="H85" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I85" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J85" s="19">
+        <v>203</v>
+      </c>
+      <c r="K85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O85" s="20">
+        <v>37.96</v>
+      </c>
+      <c r="P85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q85" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R85" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A86" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B86" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C86" s="19">
+        <v>110250</v>
+      </c>
+      <c r="D86" s="19">
+        <v>110319</v>
+      </c>
+      <c r="E86" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F86" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G86" s="19">
+        <v>-104.718</v>
+      </c>
+      <c r="H86" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="I86" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J86" s="19">
+        <v>188</v>
+      </c>
+      <c r="K86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O86" s="20">
+        <v>30.47</v>
+      </c>
+      <c r="P86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q86" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R86" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A87" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B87" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C87" s="19">
+        <v>110501</v>
+      </c>
+      <c r="D87" s="19">
+        <v>110555</v>
+      </c>
+      <c r="E87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F87" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G87" s="19">
+        <v>-104.721</v>
+      </c>
+      <c r="H87" s="19">
+        <v>-104.71599999999999</v>
+      </c>
+      <c r="I87" s="19">
+        <v>2.6</v>
+      </c>
+      <c r="J87" s="19">
+        <v>213</v>
+      </c>
+      <c r="K87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O87" s="20">
+        <v>19.96</v>
+      </c>
+      <c r="P87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q87" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R87" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A88" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B88" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C88" s="19">
+        <v>111925</v>
+      </c>
+      <c r="D88" s="19">
+        <v>111952</v>
+      </c>
+      <c r="E88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F88" s="19">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G88" s="19">
+        <v>-104.717</v>
+      </c>
+      <c r="H88" s="19">
+        <v>-104.72</v>
+      </c>
+      <c r="I88" s="19">
+        <v>1.8</v>
+      </c>
+      <c r="J88" s="19">
+        <v>227</v>
+      </c>
+      <c r="K88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O88" s="20">
+        <v>14.63</v>
+      </c>
+      <c r="P88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q88" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R88" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A89" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B89" s="19">
+        <v>250925</v>
+      </c>
+      <c r="C89" s="19">
+        <v>112136</v>
+      </c>
+      <c r="D89" s="19">
+        <v>112201</v>
+      </c>
+      <c r="E89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="F89" s="19">
+        <v>40.2181</v>
+      </c>
+      <c r="G89" s="19">
+        <v>-104.72199999999999</v>
+      </c>
+      <c r="H89" s="19">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="I89" s="19">
+        <v>2.9</v>
+      </c>
+      <c r="J89" s="19">
+        <v>215</v>
+      </c>
+      <c r="K89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="L89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="M89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="N89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="O89" s="20">
+        <v>39.49</v>
+      </c>
+      <c r="P89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q89" s="20" t="s">
+        <v>19</v>
+      </c>
+      <c r="R89" s="26" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="27">
+        <v>2025</v>
+      </c>
+      <c r="B90" s="28">
+        <v>250925</v>
+      </c>
+      <c r="C90" s="28">
+        <v>112632</v>
+      </c>
+      <c r="D90" s="28">
+        <v>112654</v>
+      </c>
+      <c r="E90" s="28">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="F90" s="28">
+        <v>40.218200000000003</v>
+      </c>
+      <c r="G90" s="28">
+        <v>-104.71899999999999</v>
+      </c>
+      <c r="H90" s="28">
+        <v>-104.721</v>
+      </c>
+      <c r="I90" s="28">
+        <v>2.6</v>
+      </c>
+      <c r="J90" s="28">
+        <v>122</v>
+      </c>
+      <c r="K90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="L90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="M90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="N90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="O90" s="29">
+        <v>33.71</v>
+      </c>
+      <c r="P90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="Q90" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="R90" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A91" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B91" s="15"/>
+      <c r="C91" s="15"/>
+      <c r="D91" s="15"/>
+      <c r="E91" s="15"/>
+      <c r="F91" s="15"/>
+      <c r="G91" s="15"/>
+      <c r="H91" s="15"/>
+      <c r="I91" s="15"/>
+      <c r="J91" s="15"/>
+      <c r="K91" s="15"/>
+      <c r="L91" s="15"/>
+      <c r="M91" s="15"/>
+      <c r="N91" s="15"/>
+      <c r="O91" s="15"/>
+      <c r="P91" s="15"/>
+      <c r="Q91" s="15"/>
+      <c r="R91" s="15"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>Oct_Dec_2023</vt:lpstr>
+      <vt:lpstr>Jan_Mar_2024</vt:lpstr>
+      <vt:lpstr>Apr_Jun_2024</vt:lpstr>
       <vt:lpstr>Jan_Mar_2025</vt:lpstr>
       <vt:lpstr>Apr_Jun_2025</vt:lpstr>
+      <vt:lpstr>Jul_Sep_2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>